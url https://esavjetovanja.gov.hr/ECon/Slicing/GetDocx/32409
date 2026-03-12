--- v0 (2026-01-11)
+++ v1 (2026-03-12)
@@ -1,22 +1,2307 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="dat" ContentType="message/rfc822"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R41770d29c70f435d" /></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:altChunk xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="myId"/>
+    <w:p w14:paraId="519B22D9" w14:textId="640743E0" w:rsidR="002457C7" w:rsidRPr="002457C7" w:rsidRDefault="002457C7" w:rsidP="002457C7">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002457C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">OBRAZLOŽENJE </w:t>
+      </w:r>
+      <w:r w:rsidR="00F02772">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ZA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002457C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SKRAĆEN</w:t>
+      </w:r>
+      <w:r w:rsidR="00376AB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">O TRAJANJE </w:t>
+      </w:r>
+      <w:r w:rsidR="00F02772">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> POSTUP</w:t>
+      </w:r>
+      <w:r w:rsidR="00376AB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>KA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002457C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SAVJETOVANJA </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="334BE451" w14:textId="77777777" w:rsidR="002457C7" w:rsidRPr="002457C7" w:rsidRDefault="002457C7" w:rsidP="002457C7">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D7E1351" w14:textId="4A362804" w:rsidR="00F02772" w:rsidRDefault="002457C7" w:rsidP="002457C7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002457C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Javno savjetovanje o Nacrtu prijedloga </w:t>
+      </w:r>
+      <w:r w:rsidR="00376AB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>redbe o</w:t>
+      </w:r>
+      <w:r w:rsidR="00F02772">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> stavljanju izvan snage Uredbe o zakupu šumskog zemljišta u vlasništvu Republike Hrvatske </w:t>
+      </w:r>
+      <w:r w:rsidR="00D42AD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">predviđeno </w:t>
+      </w:r>
+      <w:r w:rsidR="00E042FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">je </w:t>
+      </w:r>
+      <w:r w:rsidR="00D42AD2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">u </w:t>
+      </w:r>
+      <w:r w:rsidR="00D42AD2" w:rsidRPr="00723F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">trajanju od </w:t>
+      </w:r>
+      <w:r w:rsidR="00723F74" w:rsidRPr="00723F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="00F02772" w:rsidRPr="00723F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dan</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB6D83" w:rsidRPr="00723F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00F02772" w:rsidRPr="00723F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> iz </w:t>
+      </w:r>
+      <w:r w:rsidR="00F02772" w:rsidRPr="00F02772">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sljedećih razloga:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="654284EE" w14:textId="7F049B9A" w:rsidR="001D42E4" w:rsidRPr="00E042FD" w:rsidRDefault="001D42E4" w:rsidP="00E042FD">
+      <w:pPr>
+        <w:pStyle w:val="Odlomakpopisa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zbog sadržaja akta odnosno </w:t>
+      </w:r>
+      <w:r w:rsidR="00B61580">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">zbog </w:t>
+      </w:r>
+      <w:r w:rsidR="003341EE" w:rsidRPr="001D42E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tehničk</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e </w:t>
+      </w:r>
+      <w:r w:rsidR="003341EE" w:rsidRPr="001D42E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>prirod</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="003341EE" w:rsidRPr="001D42E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D42AD2" w:rsidRPr="001D42E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>akta</w:t>
+      </w:r>
+      <w:r w:rsidR="00B61580" w:rsidRPr="00B61580">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B61580">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o kojem se provodi savjetovanje</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB6D83" w:rsidRPr="001D42E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B61580">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a kojim aktom se samo </w:t>
+      </w:r>
+      <w:r w:rsidR="00D42AD2" w:rsidRPr="001D42E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ukida primjena </w:t>
+      </w:r>
+      <w:r w:rsidR="00B61580">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nekog </w:t>
+      </w:r>
+      <w:r w:rsidR="003341EE" w:rsidRPr="001D42E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>propisa</w:t>
+      </w:r>
+      <w:r w:rsidR="00B61580">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B61580" w:rsidRPr="00E042FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E042FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">i zamjenjuje se novim aktom, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B61580" w:rsidRPr="00E042FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pa slijedom toga se </w:t>
+      </w:r>
+      <w:r w:rsidR="00F22C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">i </w:t>
+      </w:r>
+      <w:r w:rsidR="00B61580" w:rsidRPr="00E042FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ne očekuju komentari javnosti. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E042FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="003341EE" w:rsidRPr="00E042FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">odručje </w:t>
+      </w:r>
+      <w:r w:rsidR="00A1666A" w:rsidRPr="00E042FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>koje je uređeno propisom koji se stavlja izvan snage, u skladu s člankom 18. stavkom 20. Zakona o izmjenama i dopunama Zakona o šumama (</w:t>
+      </w:r>
+      <w:r w:rsidR="00E042FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NN </w:t>
+      </w:r>
+      <w:r w:rsidR="00A1666A" w:rsidRPr="00E042FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">36/2024) bit će </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB6D83" w:rsidRPr="00E042FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>uređeno</w:t>
+      </w:r>
+      <w:r w:rsidR="00A1666A" w:rsidRPr="00E042FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pravilnikom</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E042FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B61580" w:rsidRPr="00E042FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="646AF6AD" w14:textId="6DE04C63" w:rsidR="00A1666A" w:rsidRDefault="00A1666A" w:rsidP="00E042FD">
+      <w:pPr>
+        <w:pStyle w:val="Odlomakpopisa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Nacrt prijedloga Pravilnika o zakupu šumskog zemljišta u vlasništvu Republike Hrvatske</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB6D83">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, koji</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001D42E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>akt</w:t>
+      </w:r>
+      <w:r w:rsidR="00E042FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zamjenjuje</w:t>
+      </w:r>
+      <w:r w:rsidR="00B61580">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E042FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">propis koji se stavlja izvan snage, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F22C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">već je </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB6D83">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>u postupku</w:t>
+      </w:r>
+      <w:r w:rsidR="00E042FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB6D83">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>savjetovanja s javnošću</w:t>
+      </w:r>
+      <w:r w:rsidR="00F22C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> putem portala e- Savjetovanje</w:t>
+      </w:r>
+      <w:r w:rsidR="001D42E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB6D83">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> u trajanju od 30 dana i to </w:t>
+      </w:r>
+      <w:r w:rsidR="00E042FD" w:rsidRPr="00723F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">od </w:t>
+      </w:r>
+      <w:r w:rsidR="00723F74" w:rsidRPr="00723F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">30. prosinca 2025. </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB6D83">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>do 29. siječnja 2026.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F22C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, čime je osigurana transparentnost i uključenost zainteresirane javnosti u postupku donošenja novog akta.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CA4EBB5" w14:textId="77777777" w:rsidR="003912BB" w:rsidRDefault="00E042FD" w:rsidP="003912BB">
+      <w:pPr>
+        <w:pStyle w:val="Odlomakpopisa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F22C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S obzirom na to da se d</w:t>
+      </w:r>
+      <w:r w:rsidR="001D42E4" w:rsidRPr="00F22C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">o stupanja na snagu </w:t>
+      </w:r>
+      <w:r w:rsidR="00F22C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pravilnika</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F22C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001D42E4" w:rsidRPr="00F22C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>primjenjuj</w:t>
+      </w:r>
+      <w:r w:rsidR="00F22C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="001D42E4" w:rsidRPr="00F22C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0046638B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>U</w:t>
+      </w:r>
+      <w:r w:rsidR="001D42E4" w:rsidRPr="00F22C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>redba</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F22C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F22C90">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>oba akta istodobno moraju stupiti na snagu kako ne bi došlo do nastanka pravne praznine.</w:t>
+      </w:r>
+      <w:r w:rsidR="0009443E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37A3710C" w14:textId="65D6631B" w:rsidR="00EB434C" w:rsidRPr="003912BB" w:rsidRDefault="00F02772" w:rsidP="003912BB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003912BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Iako se provodi skraćeni postupak, osigura</w:t>
+      </w:r>
+      <w:r w:rsidR="0009443E" w:rsidRPr="003912BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>la se</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003912BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> transparentnost i dostupnost nacrta </w:t>
+      </w:r>
+      <w:r w:rsidR="0009443E" w:rsidRPr="003912BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>novog propisa kojim se uređuje područje propisa koji se stavlja izvan snage</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003912BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, te mogućnost da svi zainteresirani dionici daju svoje komentare i prijedloge</w:t>
+      </w:r>
+      <w:r w:rsidR="0009443E" w:rsidRPr="003912BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00EB434C" w:rsidRPr="003912BB">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
+    </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/aFChunk" Target="/word/afchunk.dat" Id="myId" /></Relationships>
+<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
 </file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="791B62D2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="77F678FC"/>
+    <w:lvl w:ilvl="0" w:tplc="041A000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="596521588">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="140"/>
+  <w:defaultTabStop w:val="708"/>
+  <w:hyphenationZone w:val="425"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="002457C7"/>
+    <w:rsid w:val="00056F24"/>
+    <w:rsid w:val="0009443E"/>
+    <w:rsid w:val="00173488"/>
+    <w:rsid w:val="001D42E4"/>
+    <w:rsid w:val="002457C7"/>
+    <w:rsid w:val="002637F4"/>
+    <w:rsid w:val="002A2A08"/>
+    <w:rsid w:val="003341EE"/>
+    <w:rsid w:val="00376AB0"/>
+    <w:rsid w:val="003912BB"/>
+    <w:rsid w:val="0046638B"/>
+    <w:rsid w:val="004909C6"/>
+    <w:rsid w:val="0053538C"/>
+    <w:rsid w:val="00723F74"/>
+    <w:rsid w:val="008377F3"/>
+    <w:rsid w:val="008E1798"/>
+    <w:rsid w:val="00A1666A"/>
+    <w:rsid w:val="00AB3482"/>
+    <w:rsid w:val="00B61580"/>
+    <w:rsid w:val="00C36C6D"/>
+    <w:rsid w:val="00D42AD2"/>
+    <w:rsid w:val="00E042FD"/>
+    <w:rsid w:val="00E94107"/>
+    <w:rsid w:val="00E96B0B"/>
+    <w:rsid w:val="00EB434C"/>
+    <w:rsid w:val="00EB6D83"/>
+    <w:rsid w:val="00F02772"/>
+    <w:rsid w:val="00F22C90"/>
+    <w:rsid w:val="00FE45E8"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="hr-HR"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="0D7AB4CC"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{D80EB1BE-D0CE-44F8-8E1F-0B0C54FD06FF}"/>
+</w:settings>
+</file>
+
+<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="hr-HR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Naslov1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Naslov1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="002457C7"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Naslov2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Naslov2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002457C7"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Naslov3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Naslov3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002457C7"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Naslov4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Naslov4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002457C7"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Naslov5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Naslov5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002457C7"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Naslov6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Naslov6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002457C7"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Naslov7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Naslov7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002457C7"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Naslov8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Naslov8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002457C7"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Naslov9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Naslov9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002457C7"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="Zadanifontodlomka">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="Obinatablica">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="Bezpopisa">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Naslov1Char">
+    <w:name w:val="Naslov 1 Char"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:link w:val="Naslov1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="002457C7"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Naslov2Char">
+    <w:name w:val="Naslov 2 Char"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:link w:val="Naslov2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002457C7"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Naslov3Char">
+    <w:name w:val="Naslov 3 Char"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:link w:val="Naslov3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002457C7"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Naslov4Char">
+    <w:name w:val="Naslov 4 Char"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:link w:val="Naslov4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002457C7"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Naslov5Char">
+    <w:name w:val="Naslov 5 Char"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:link w:val="Naslov5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002457C7"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Naslov6Char">
+    <w:name w:val="Naslov 6 Char"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:link w:val="Naslov6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002457C7"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Naslov7Char">
+    <w:name w:val="Naslov 7 Char"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:link w:val="Naslov7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002457C7"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Naslov8Char">
+    <w:name w:val="Naslov 8 Char"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:link w:val="Naslov8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002457C7"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Naslov9Char">
+    <w:name w:val="Naslov 9 Char"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:link w:val="Naslov9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002457C7"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Naslov">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="NaslovChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="002457C7"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NaslovChar">
+    <w:name w:val="Naslov Char"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:link w:val="Naslov"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="002457C7"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Podnaslov">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="PodnaslovChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="002457C7"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PodnaslovChar">
+    <w:name w:val="Podnaslov Char"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:link w:val="Podnaslov"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="002457C7"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Citat">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="CitatChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="002457C7"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitatChar">
+    <w:name w:val="Citat Char"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:link w:val="Citat"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="002457C7"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Odlomakpopisa">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="002457C7"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Jakoisticanje">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="002457C7"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Naglaencitat">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="NaglaencitatChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="002457C7"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NaglaencitatChar">
+    <w:name w:val="Naglašen citat Char"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:link w:val="Naglaencitat"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="002457C7"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Istaknutareferenca">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="002457C7"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+</file>
+
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema sustava Office">
+  <a:themeElements>
+    <a:clrScheme name="Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="44546A"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E7E6E6"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="4472C4"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="ED7D31"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="A5A5A5"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="FFC000"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="5B9BD5"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="70AD47"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0563C1"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="954F72"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
+</a:theme>
+</file>
+
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>1</Pages>
+  <Words>217</Words>
+  <Characters>1241</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>10</Lines>
+  <Paragraphs>2</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Naslov</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>1456</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
+</file>
+
+<file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Renata Ojurović</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+</cp:coreProperties>
+</file>