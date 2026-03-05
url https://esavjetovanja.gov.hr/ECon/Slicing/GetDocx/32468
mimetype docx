--- v0 (2026-01-30)
+++ v1 (2026-03-05)
@@ -1,22 +1,42198 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="dat" ContentType="message/rfc822"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rcf8355df65fd4c53" /></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:altChunk xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="myId"/>
+    <w:p w14:paraId="3AD5D90E" w14:textId="616451CF" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:spacing w:after="500"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38F4D078" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:spacing w:after="500"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22EE5207" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="55AFE4D9" wp14:editId="720C4B24">
+            <wp:extent cx="502942" cy="684000"/>
+            <wp:effectExtent l="0" t="0" r="0" b="1905"/>
+            <wp:docPr id="1" name="Picture 1" descr="Slika na kojoj se prikazuje simbol, emblem, crveno, logotip&#10;&#10;Sadržaj generiran uz AI možda nije točan."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name="Picture 1" descr="Slika na kojoj se prikazuje simbol, emblem, crveno, logotip&#10;&#10;Sadržaj generiran uz AI možda nije točan."/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="502942" cy="684000"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> INCLUDEPICTURE "http://www.inet.hr/~box/images/grb-rh.gif" \* MERGEFORMATINET </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BCDA67E" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:spacing w:before="60" w:after="1680"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>VLADA REPUBLIKE HRVATSKE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5455673A" w14:textId="526B639C" w:rsidR="00417164" w:rsidRPr="00417164" w:rsidRDefault="00417164" w:rsidP="00417164">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00417164">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zagreb, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE4D1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00A35501">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00417164">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE4D1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>siječnja</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00417164">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE4D1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00417164">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B6605CB" w14:textId="77777777" w:rsidR="00417164" w:rsidRPr="00417164" w:rsidRDefault="00417164" w:rsidP="00417164">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43F921E6" w14:textId="77777777" w:rsidR="00417164" w:rsidRPr="00417164" w:rsidRDefault="00417164" w:rsidP="00417164">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="479656C9" w14:textId="77777777" w:rsidR="00417164" w:rsidRPr="00417164" w:rsidRDefault="00417164" w:rsidP="00417164">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D8C3BE0" w14:textId="77777777" w:rsidR="00417164" w:rsidRPr="00417164" w:rsidRDefault="00417164" w:rsidP="00417164">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37E1FEEE" w14:textId="77777777" w:rsidR="00417164" w:rsidRPr="00417164" w:rsidRDefault="00417164" w:rsidP="00417164">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73FDC25B" w14:textId="77777777" w:rsidR="00417164" w:rsidRPr="00417164" w:rsidRDefault="00417164" w:rsidP="00417164">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69160B5A" w14:textId="77777777" w:rsidR="00417164" w:rsidRPr="00417164" w:rsidRDefault="00417164" w:rsidP="00417164">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DBE63ED" w14:textId="77777777" w:rsidR="00417164" w:rsidRPr="00417164" w:rsidRDefault="00417164" w:rsidP="00417164">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00417164">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C0C219C" w14:textId="77777777" w:rsidR="00417164" w:rsidRPr="00417164" w:rsidRDefault="00417164" w:rsidP="00417164">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1943"/>
+        <w:gridCol w:w="7121"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00417164" w:rsidRPr="00417164" w14:paraId="3363C965" w14:textId="77777777" w:rsidTr="00201270">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1951" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58724572" w14:textId="77777777" w:rsidR="00417164" w:rsidRPr="00417164" w:rsidRDefault="00417164" w:rsidP="00201270">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00417164">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Predlagatelj:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7229" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32DF1635" w14:textId="77777777" w:rsidR="00417164" w:rsidRPr="00417164" w:rsidRDefault="00417164" w:rsidP="00201270">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00417164">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Ministarstvo prostornoga uređenja, graditeljstva i državne imovine</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1631EEE0" w14:textId="77777777" w:rsidR="00417164" w:rsidRPr="00417164" w:rsidRDefault="00417164" w:rsidP="00417164">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vanish/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="653"/>
+        <w:tblW w:w="12875" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1616"/>
+        <w:gridCol w:w="7423"/>
+        <w:gridCol w:w="3836"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00417164" w:rsidRPr="00417164" w14:paraId="244413B6" w14:textId="77777777" w:rsidTr="00201270">
+        <w:trPr>
+          <w:trHeight w:val="1236"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1616" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14A5D048" w14:textId="77777777" w:rsidR="00417164" w:rsidRPr="00417164" w:rsidRDefault="00417164" w:rsidP="00201270">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00417164">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Predmet:   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7423" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="383429E1" w14:textId="0381EDB3" w:rsidR="00417164" w:rsidRPr="00E916B5" w:rsidRDefault="00FC375F" w:rsidP="00201270">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:hanging="13"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Prijedlog </w:t>
+            </w:r>
+            <w:r w:rsidR="00E916B5" w:rsidRPr="00E916B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Godišnj</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>eg</w:t>
+            </w:r>
+            <w:r w:rsidR="00E916B5" w:rsidRPr="00E916B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> plan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidR="00E916B5" w:rsidRPr="00E916B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> upravljanja nekretninama i pokretninama u vlasništvu Republike Hrvatske za 2026. godinu</w:t>
+            </w:r>
+            <w:r w:rsidR="00E916B5" w:rsidRPr="00E916B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00417164" w:rsidRPr="00E916B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:noProof/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3D94A632" wp14:editId="0AB89A3E">
+                      <wp:simplePos x="0" y="0"/>
+                      <wp:positionH relativeFrom="column">
+                        <wp:posOffset>-1037590</wp:posOffset>
+                      </wp:positionH>
+                      <wp:positionV relativeFrom="paragraph">
+                        <wp:posOffset>751205</wp:posOffset>
+                      </wp:positionV>
+                      <wp:extent cx="5659120" cy="635"/>
+                      <wp:effectExtent l="12065" t="8890" r="5715" b="9525"/>
+                      <wp:wrapNone/>
+                      <wp:docPr id="2" name="Ravni poveznik sa strelicom 2"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvCnPr>
+                              <a:cxnSpLocks noChangeShapeType="1"/>
+                            </wps:cNvCnPr>
+                            <wps:spPr bwMode="auto">
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="5659120" cy="635"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="straightConnector1">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:noFill/>
+                              <a:ln w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:round/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a:ln>
+                              <a:extLst>
+                                <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                                  <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                    <a:noFill/>
+                                  </a14:hiddenFill>
+                                </a:ext>
+                              </a:extLst>
+                            </wps:spPr>
+                            <wps:bodyPr/>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                      <wp14:sizeRelH relativeFrom="page">
+                        <wp14:pctWidth>0</wp14:pctWidth>
+                      </wp14:sizeRelH>
+                      <wp14:sizeRelV relativeFrom="page">
+                        <wp14:pctHeight>0</wp14:pctHeight>
+                      </wp14:sizeRelV>
+                    </wp:anchor>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:shapetype w14:anchorId="3B702FD9" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
+                      <v:path arrowok="t" fillok="f" o:connecttype="none"/>
+                      <o:lock v:ext="edit" shapetype="t"/>
+                    </v:shapetype>
+                    <v:shape id="Ravni poveznik sa strelicom 2" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:-81.7pt;margin-top:59.15pt;width:445.6pt;height:.05pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBLuReaugEAAFgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0XxxncLAacXpI1126&#10;LUC7H8DIsi1MFgVSiZN/P0l1sq/bMB8ESiQfHx/pzf15tOKkiQ26RpaLpRTaKWyN6xv57eXx3Qcp&#10;OIBrwaLTjbxolvfbt282k6/1Cge0rSYRQRzXk2/kEIKvi4LVoEfgBXrtorNDGiHEK/VFSzBF9NEW&#10;q+VyXUxIrSdUmjm+Prw65Tbjd51W4WvXsQ7CNjJyC/mkfB7SWWw3UPcEfjBqpgH/wGIE42LRG9QD&#10;BBBHMn9BjUYRMnZhoXAssOuM0rmH2E25/KOb5wG8zr1EcdjfZOL/B6u+nHZuT4m6Ortn/4TqOwuH&#10;uwFcrzOBl4uPgyuTVMXkub6lpAv7PYnD9BnbGAPHgFmFc0djgoz9iXMW+3ITW5+DUPGxWld35SrO&#10;REXf+n2V8aG+pnri8EnjKJLRSA4Eph/CDp2LQ0UqcyE4PXFIxKC+JqS6Dh+NtXm21ompkXfVqsoJ&#10;jNa0yZnCmPrDzpI4QdqO/M0sfgsjPLo2gw0a2o+zHcDYVzsWt24WJ+mRlo/rA7aXPV1Fi+PLLOdV&#10;S/vx6z1n//whtj8AAAD//wMAUEsDBBQABgAIAAAAIQBR7mwO4AAAAAwBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/NTsMwEITvSLyDtZW4oNZJ+kuIU1VIHDjSVurVjZckNF5HsdOEPj0LFzjuzKfZmWw7&#10;2kZcsfO1IwXxLAKBVDhTU6ngeHidbkD4oMnoxhEq+EIP2/z+LtOpcQO943UfSsEh5FOtoAqhTaX0&#10;RYVW+5lrkdj7cJ3Vgc+ulKbTA4fbRiZRtJJW18QfKt3iS4XFZd9bBej7ZRztnmx5fLsNj6fk9jm0&#10;B6UeJuPuGUTAMfzB8FOfq0POnc6uJ+NFo2Aar+YLZtmJN3MQjKyTNa85/yoLkHkm/4/IvwEAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBLuReaugEAAFgDAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBR7mwO4AAAAAwBAAAPAAAAAAAAAAAAAAAAABQE&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAIQUAAAAA&#10;"/>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_Hlk164169477"/>
+            <w:bookmarkStart w:id="1" w:name="_Hlk197351261"/>
+          </w:p>
+          <w:bookmarkEnd w:id="0"/>
+          <w:bookmarkEnd w:id="1"/>
+          <w:p w14:paraId="443780C5" w14:textId="77777777" w:rsidR="00417164" w:rsidRPr="00417164" w:rsidRDefault="00417164" w:rsidP="00201270">
+            <w:pPr>
+              <w:snapToGrid w:val="0"/>
+              <w:ind w:hanging="13"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2053CBDA" w14:textId="77777777" w:rsidR="00417164" w:rsidRPr="00417164" w:rsidRDefault="00417164" w:rsidP="00201270">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3836" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49C02C35" w14:textId="77777777" w:rsidR="00417164" w:rsidRPr="00417164" w:rsidRDefault="00417164" w:rsidP="00201270">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6C6CC811" w14:textId="77777777" w:rsidR="00417164" w:rsidRPr="00417164" w:rsidRDefault="00417164" w:rsidP="00201270">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="62B4F75F" w14:textId="77777777" w:rsidR="00417164" w:rsidRPr="00417164" w:rsidRDefault="00417164" w:rsidP="00417164">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00417164">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5382D193" w14:textId="77777777" w:rsidR="00417164" w:rsidRPr="00745823" w:rsidRDefault="00417164" w:rsidP="00417164">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CAEDAFA" w14:textId="77777777" w:rsidR="00417164" w:rsidRPr="00745823" w:rsidRDefault="00417164" w:rsidP="00417164">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B139C36" w14:textId="77777777" w:rsidR="00417164" w:rsidRPr="00745823" w:rsidRDefault="00417164" w:rsidP="00417164">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A5C92F7" w14:textId="77777777" w:rsidR="00417164" w:rsidRPr="00745823" w:rsidRDefault="00417164" w:rsidP="00417164">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C7EF548" w14:textId="77777777" w:rsidR="00417164" w:rsidRPr="00745823" w:rsidRDefault="00417164" w:rsidP="00417164">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C2DA27D" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:spacing w:after="500"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DBF9A8E" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:spacing w:after="500"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C8307C0" w14:textId="77777777" w:rsidR="00417164" w:rsidRDefault="00417164" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:spacing w:after="500"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B3E9EB1" w14:textId="77777777" w:rsidR="00417164" w:rsidRPr="00E01ECB" w:rsidRDefault="00417164" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:spacing w:after="500"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A99313F" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22031AE0" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Na temelju članka 54. stavka 1., Zakona o upravljanju nekretninama i pokretninama u vlasništvu Republike Hrvatske („Narodne novine“, broj 155/23.) Vlada Republike Hrvatske je na sjednici održanoj  ________________. donijela</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C2AC6CF" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4019DF52" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B992AD3" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E0CB8EA" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="491EE829" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:ind w:firstLine="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>GODIŠNJI PLAN UPRAVLJANJA NEKRETNINAMA I POKRETNINAMA U VLASNIŠTVU REPUBLIKE HRVATSKE ZA 2026. GODINU</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41BD502D" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:firstLine="240"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16B99BAD" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>UVOD</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="699600B4" w14:textId="43652D9E" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:spacing w:after="140"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Tri su ključna i međusobno povezana dokumenta upravljanja nekretninama i pokretninama u vlasništvu Republike Hrvatske iz nadležnosti Ministarstva prostornoga uređenja, graditeljstva i državne imovine (u daljnjem tekstu: Ministarstvo</w:t>
+      </w:r>
+      <w:r w:rsidR="005D2223">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i/ili MPGI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>) normirana Zakonom o upravljanju nekretninama i pokretninama u vlasništvu Republike Hrvatske („Narodne novine“, broj 155/23.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:footnoteReference w:id="1"/>
+      </w:r>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i to: Strategija upravljanja nekretninama i pokretninama u vlasništvu Republike Hrvatske, Godišnji plan upravljanja nekretninama i pokretninama u vlasništvu Republike Hrvatske i Izvješće o provedbi Godišnjeg plana upravljanja nekretninama i pokretninama u vlasništvu Republike Hrvatske.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AA5F6D2" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:spacing w:after="140"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Godišnji plan upravljanja nekretninama i pokretninama u vlasništvu Republike Hrvatske (u daljnjem tekstu: Godišnji plan) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>obuhvaća jednogodišnje razdoblje u kojem se poduzimaju aktivnosti radi ostvarenja mjera i ciljeva planiranih u aktima strateškog planiranja u odnosu na nekretnine i pokretnine u vlasništvu Republike Hrvatske.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Godišnji plan služi i kao operativni okvir za provedbu ciljeva i mjera definiranih Strategijom upravljanja nekretninama i pokretninama u vlasništvu Republike Hrvatske za razdoblje 2026. - 2035. (dalje u tekstu: Strategija), te predstavlja konkretan nastavak vizije i strateških usmjerenja uspostavljenih u Strategiji, uključujući razvoj mjera, projekata i aktivnosti usmjerenih na učinkovito, transparentno i održivo upravljanje imovinom u vlasništvu Republike Hrvatske.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BFAB2AE" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Pri izradi Godišnjeg plana inkorporirana su temeljna načela upravljanja državnom imovinom: odgovornost, javnost, učinkovitosti i predvidljivost, čime se osigurava transparentnost, profesionalizam i učinkovitost upravljanja državnom imovinom u interesu svih građana Republike Hrvatske.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ministarstvo koordinira pripremu dokumenta te u pripremu istog  uključuje i nadležna tijela za upravljanje nekretninama, odnosno županije, gradove sjedišta županija, velike gradove s preko 35.000 stanovnika, trgovačko društvo Državne nekretnine d.o.o., javne ustanove za upravljanje nacionalnim parkovima i parkovima prirode, a koja tijela uz Ministarstvo upravljaju u ime Republike Hrvatske nekretninama u državnom vlasništvu. Godišnji plan se javno objavljuje radi poticanja otvorenosti i odgovornosti u upravljanju javnim dobrima. U skladu sa čl. 54 Zakona o upravljanju nekretninama i pokretninama u vlasništvu Republike Hrvatske, Godišnji plan donosi Vlada Republike Hrvatske, na prijedlog Ministarstva. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BA56F44" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04AA4412" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13021B24" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52D7FB2F" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42CC2260" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C4F90B9" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="036FC681" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="721EE64D" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="267614F4" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="240"/>
+        <w:ind w:left="1418" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ZAKONSKI OKVIR UPRAVLJANJA NEKRETNINAMA I POKRETNINAMA U VLASNIŠTVU REPUBLIKE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C0653">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HRVATSKE </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B0EAD95" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Upravljanje nekretninama i pokretninama u vlasništvu Republike Hrvatske regulirano je </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Zakonom o upravljanju nekretninama i pokretninama u vlasništvu Republike Hrvatske</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (u daljnjem tekstu: Zakon) donesenim 30. prosinca 2023., a kojim se postiže optimizacija upravljanja i ubrzanje aktivacije neiskorištenih nekretnina u vlasništvu Republike Hrvatske.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D25F7E9" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54A463C2" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">U smislu Zakona, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>nekretnine u vlasništvu Republike Hrvatske su:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> neizgrađeno građevinsko zemljište, građevine sa zemljištem za redovitu uporabu, stanovi i poslovni prostori, planinarski objekti, kamp, neprocijenjeno građevinsko zemljište, rezidencijalni objekti, nekretnine pod posebnim načinom upravljanja i nekretnine od strateškog značaja za Republiku Hrvatsku na kojima je uspostavljeno vlasništvo Republike Hrvatske.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4193F992" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="802"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64DA25B0" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="802"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Zakon osigurava kvalitetnije upravljanje imovinom kao i ubrzanu aktivaciju neiskorištenih nekretnina u vlasništvu Republike Hrvatske kroz </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>funkcionalnu i financijsku decentralizaciju poslova upravljanja nekretninama</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Nadležna tijela za upravljanje nekretninama su</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: županije, gradovi sjedišta županija, veliki gradovi s preko 35.000 stanovnika, trgovačko društvo Državne nekretnine d.o.o., javne ustanove za upravljanje nacionalnim parkovima i parkovima prirode, a koja tijela </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>uz Ministarstvo upravljaju u ime Republike Hrvatske nekretninama u državnom vlasništvu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>. Decentralizacijom se omogućuje brže i učinkovitije rješavanje imovinskopravnih odnosa na državnim nekretninama u svrhu realizacije infrastrukturnih i razvojnih projekata, a sve u cilju povećanja investicijskog potencijala, realizacije investicijskih projekata i bržem razvoju gradova i općina.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FE4AE00" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="802"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22F40068" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="802"/>
+        </w:tabs>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Sukladno Zakonu, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>poslovi upravljanja nekretninama i pokretninama u vlasništvu Republike Hrvatske obuhvaćaju</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sve sustavne i koordinirane aktivnosti i dobre prakse kojima nadležna tijela u ime Republike Hrvatske racionalno, transparentno i javno upravljaju nekretninama i pokretninama u vlasništvu Republike Hrvatske i s njima povezanim obvezama, u ime i za račun građana radi održivog razvitka Republike Hrvatske:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05C0576C" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="802"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>izvršavanje svih vlasničkih prava i dužnosti na nekretninama i pokretninama u vlasništvu Republike Hrvatske</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EE68235" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="802"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>raspolaganje nekretninama i pokretninama u vlasništvu Republike Hrvatske koje predstavlja sklapanje pravnih poslova čija je posljedica prijenos, otuđenje ili ograničenje prava vlasništva Republike Hrvatske u korist fizičke ili pravne osobe i to: prodaja, darovanje, osnivanje prava građenja, osnivanje prava služnosti, zakup, najam, razvrgnuće suvlasničke zajednice, zamjena te davanje na uporabu ili korištenje</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C1DF908" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="802"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>poduzimanje svih radnji u vezi s nekretninama i pokretninama u vlasništvu Republike Hrvatske s pažnjom dobrog gospodara i načelima upravljanja nekretninama i pokretninama propisanih Zakonom, radi uređenja pravnih odnosa na toj državnoj imovini</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14E77037" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="802"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>podnošenje zahtjeva u postupcima izrade prostornih planova, suglasnosti u postupku ishođenja akata prostornoga uređenja i gradnje, etažnih elaborata, geodetskih elaborata i drugim postupcima kojima se izravno i/ili neizravno utječe na državnu imovinu</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DC8AC53" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="802"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>po potrebi, utvrđivanje ili promjenu namjene nekretnina i pokretnina u vlasništvu Republike Hrvatske</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6687A46C" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="802"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>investicijsko i tekuće održavanje nekretnina i pokretnina u vlasništvu Republike Hrvatske</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CBBACE1" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="802"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>poduzimanje svih aktivnosti radi ostvarenja mjera i ciljeva planiranih u aktima strateškog planiranja u odnosu na nekretnine i pokretnine u vlasništvu Republike Hrvatske.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46E43849" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="802"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C502ECC" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Poslove upravljanja i raspolaganja pokretninama u vlasništvu Republike Hrvatske obavlja Ministarstvo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> na način da pokretnine može dati na uporabu bez naknade tijelima državne uprave ili drugim državnim tijelima korisnicima državnog proračuna Republike Hrvatske odnosno dati na uporabu bez naknade, u najam ili darovati jedinicama lokalne i područne (regionalne) samouprave ustanovama kojima je osnivač Republika Hrvatska i/ili jedinica lokalne i područne (regionalne) samouprave, tijelima socijalne skrbi, organizacijama civilnog društva i pravnim osobama koje imaju javne ovlasti, a koja nisu trgovačka društva u vlasništvu ili suvlasništvu Republike Hrvatske te prodati ili dati u najam pokretnine drugim fizičkim i pravnim osobama. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Pokretnine koje nemaju uporabnu vrijednost ili imaju neznatnu vrijednost odnosno nisu u funkciji Ministarstvo može uništiti odnosno zbrinuti kod ovlaštenih tijela.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B201FA0" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="802"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A6A1CF5" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="802"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="4472C4" w:themeColor="accent1"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>U tablici 2.1. prikazan je pregled upravljanja i raspolaganja nekretninama i pokretninama u vlasništvu Republike Hrvatske prema nadležnosti upravljanja odnosno izvršavanja poslova upravljanja, donositelju Odluke o pokretanju postupka raspolaganja nekretninama i Odluke o raspolaganju nekretninama i raspodjeli prihoda od raspolaganja nekretninama u vlasništvu Republike Hrvatske.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63E5C921" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="802"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0161E6EF" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="802"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23E5208A" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:spacing w:after="220"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidSect="00E01ECB">
+          <w:headerReference w:type="default" r:id="rId9"/>
+          <w:footerReference w:type="default" r:id="rId10"/>
+          <w:footerReference w:type="first" r:id="rId11"/>
+          <w:pgSz w:w="11900" w:h="16840"/>
+          <w:pgMar w:top="1247" w:right="1418" w:bottom="851" w:left="1418" w:header="561" w:footer="567" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:noEndnote/>
+          <w:titlePg/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="15404" w:type="dxa"/>
+        <w:tblInd w:w="-426" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="426"/>
+        <w:gridCol w:w="2391"/>
+        <w:gridCol w:w="2571"/>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="4063"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="23E8670F" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:trHeight w:val="336"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15404" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="281E0D13" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:spacing w:after="60"/>
+              <w:ind w:right="-748"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Tablica 2.1. Upravljanje i raspolaganje nekretninama i pokretninama u vlasništvu Republike Hrvatske</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="4B6D90E3" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:trHeight w:val="272"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15404" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="25C681C8" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="522D838F" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:trHeight w:val="811"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="455C31A3" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2391" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7CE92236" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>NEKRETNINE I POKRETNINE U VLASNIŠTVU REPUBLIKE HRVATSKE:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2571" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="16D27651" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NADLEŽNO TIJELO  KOJE UPRAVLJA ODNOSNO IZVRŠAVA POVJERENE POSLOVE UPRAVLJANJA NEKRETNINAMA  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2311CF47" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>PROCIJENJENA VRIJEDNOST NEKRETNINE ILI  UKUPNI IZNOS PROCIJENJENE NAKNADE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D49A610" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ODLUKU O POKRETANJU POSTUPKA RASPOLAGANJA I ODLUKU O RASPOLAGANJU NEKRETNINOM DONOSI:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0D74BAC3" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>RASPODJELA PRIHODA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="50087213" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:trHeight w:val="412"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="371CF20C" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2391" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6C7E7BD1" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>neizgrađeno građevinsko zemljište i građevine sa zemljištem nužnim za redovitu uporabu te građevine</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2571" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4B60E960" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Županije</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>gradovi sjedišta županija</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>veliki gradovi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5FE5E9CE" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>&lt;= 130.000,00 EUR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="12476D30" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Župan</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Gradonačelnik</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="59348CBF" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>60% državni proračun</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>20% proračun županije i 20% proračun jedinica lokalne samouprave na čijem području se nekretnina nalazi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="53C3AF3E" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:trHeight w:val="478"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F0D11F3" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2391" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="63768951" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2571" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="557ED3F2" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D95DDDA" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>130.000,01 EUR -1.000.000,00 EUR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="796CE675" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Županijska skupština</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Gradsko vijeće</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="61D216DB" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="020A3CC7" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:trHeight w:val="354"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1526B5A4" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2391" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="09131F6F" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2571" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3DA9AA69" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="30FB43C1" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1.000.000,01 EUR - 1.500.000,00 EUR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="32631323" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ministar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1DE1FF42" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="0498FBE6" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:trHeight w:val="360"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5DCA61CD" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2391" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3816E891" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2571" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="61E4CD27" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="219F4024" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>&gt;1.500.000,00 EUR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="756C58ED" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Vlada Republike Hrvatske</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="589C709C" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="342F64AF" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:trHeight w:val="380"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7C045741" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2391" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D945B5D" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">stanovi i poslovni prostori </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2571" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F81D746" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Državne nekretnine d.o.o.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="432C8620" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>&lt;= 1.000.000,00 EUR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1E225078" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Državne nekretnine d.o.o.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2575D314" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>prihodi od zakupa i najma nekretnina - 100%  Državne nekretnine d.o.o.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>prihod od ostalih vrsta raspolaganja:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>- 90% državni proračun</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>-10% Državne nekretnine d.o.o.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="5A74CAD7" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:trHeight w:val="374"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="19364CD1" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2391" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="532DAD17" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2571" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1A5629EB" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7692D8AF" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1.000.000,01 EUR - 1.500.000,00 EUR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7A8FBA3D" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ministar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="76E8C259" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="39CCF9CB" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:trHeight w:val="262"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D967358" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2391" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1FD3DD9F" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2571" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1DE9F0C2" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="32C60DB5" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>&gt;1.500.000,00 EUR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="73089A50" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Vlada Republike Hrvatske</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2C14ECCB" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="2DE058B6" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:trHeight w:val="280"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0797B69E" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2391" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="62458504" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>rezidencijalni objekti</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2571" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="200CDE72" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Državne nekretnine d.o.o.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="28BE75C9" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2DB9669A" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3CA1FFD5" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>100% Državne nekretnine d.o.o.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="3FD52EEB" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:trHeight w:val="330"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="12B7F8CA" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2391" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="36D0197A" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>kamp i neprocijenjeno građevinsko zemljište</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2571" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="686E2AB8" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Ministarstvo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6569C708" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>&lt;= 1.500.000,00 EUR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="26057738" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ministar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3ABB55BE" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>na način propisan zakonom kojim se uređuje neprocijenjeno građevinsko zemljište</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="64D6F3EC" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:trHeight w:val="359"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7075BF7D" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2391" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7040219B" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2571" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6756399B" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="71ECEAB6" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>&gt; 1.500.000,00 EUR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="28F54E8A" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Vlada Republike Hrvatske</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="65D2D8E0" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="716CFE44" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:trHeight w:val="832"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2A080C8D" w14:textId="289EA4B5" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="002640E2" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00E01ECB" w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2391" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="11D639C5" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>nekretnine pod posebnim načinom upravljanja</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:footnoteReference w:id="2"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2571" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6272E50D" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Ministarstvo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6CC9FD2F" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C02EFA2" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ministar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="37AFE18F" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>60% državni proračun</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>20% proračun županije i 20% proračun jedinica lokalne samouprave na čijem području se nekretnina nalazi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="5B5B8E25" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:trHeight w:val="296"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D63764D" w14:textId="43901C70" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="002640E2" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00E01ECB" w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2391" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6BBE750F" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>nekretnine u vlasništvu Republike Hrvatske od strateškog značaja za Republike Hrvatsku</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2571" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="049DC1DB" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Ministarstvo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="33229659" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>&lt;= 1.500.000,00 EUR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="50EE991E" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ministar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6C74E3FF" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>60% državni proračun</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>20% proračun županije i 20% proračun jedinica lokalne samouprave na čijem području se nekretnina nalazi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="7A005EC5" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:trHeight w:val="258"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6268F97B" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2391" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7037CDEE" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2571" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="27E41308" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="73BADF36" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>&gt; 1.500.000,00 EUR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="63121B7E" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Vlada Republike Hrvatske</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="48B59ACC" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="57BC21DC" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:trHeight w:val="294"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B40A386" w14:textId="31A8ACDC" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="002640E2" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00E01ECB" w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2391" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79CE4489" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>pokretnine</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2571" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79283B85" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Ministarstvo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="178051FC" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>&lt;= 1.500.000,00 EUR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30D5DCFB" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ministar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="178B5803" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>100% državni proračun</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="01FF26EC" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:trHeight w:val="58"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="676BECA8" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2391" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3262CCE9" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2571" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="135BE55B" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="477A9E50" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>&gt; 1.500.000,00 EUR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46183D20" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Vlada Republike Hrvatske</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4063" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AEDDB34" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="53064F11" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3484D4B9" w14:textId="1F4BAE82" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="002640E2" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00E01ECB" w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2391" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66E17E65" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>planinarski objekti</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2571" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="73BADA94" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="62606390" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Javne ustanove</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26D878A2" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10016" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5998B937" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Poslovi upravljanja planinarskim objektima koji se nalaze na području nacionalnog parka ili parka prirode</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="5F5322AF" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:trHeight w:val="332"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34142215" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2391" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="036C507B" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2571" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D5831C8" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Ministarstvo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10016" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B7AC136" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Upravljanje planinarskim objektima koji se ne nalaze na području nacionalnog parka ili parka prirode</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="13668D56" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:spacing w:after="220"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidSect="00E01ECB">
+          <w:pgSz w:w="16840" w:h="11900" w:orient="landscape"/>
+          <w:pgMar w:top="107" w:right="1134" w:bottom="794" w:left="1134" w:header="561" w:footer="567" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:noEndnote/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6048D616" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="802"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Ministarstvo provodi koordinaciju upravljanja nekretninama u vlasništvu Republike Hrvatske</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> u odnosu na druga nadležna tijela kojima su povjereni poslovi upravljanja nekretninama sukladno čl. 51. Zakona, a koja uključuje:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6549EC85" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="802"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">izradu uputa ministra za postupanje nadležnim tijelima i </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6003A50C" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="802"/>
+        </w:tabs>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>davanje očitovanja o nadležnosti za postupanje, na zahtjev nadležnog tijela u slučaju dvojbe koje je nadležno tijelo dužno postupati po pojedinom zahtjevu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06DFAB6F" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="802"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DC06E48" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="802"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Sukladno članku 4. Zakona, nekretninama i pokretninama u vlasništvu Republike Hrvatske upravlja se učinkovito i razumno, pažnjom dobrog gospodara, sukladno načelima odgovornosti, javnosti, učinkovitosti i predvidljivosti. U pogledu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">načina raspolaganja nekretninama </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Zakonom je određeno da se istima može raspolagati javnim natječajem ili neposrednom pogodbom. Raspolaganje nekretninama vrši se uz naknadu za raspolaganje, a samo iznimno bez naknade u slučajevima propisanim Zakonom ili drugim posebnim propisima.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A539965" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="802"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24309E58" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="802"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Zakonom su propisani i </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>posebni načini upravljanja i raspolaganja nekretninama u vlasništvu Republike Hrvatske</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kako slijedi:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="783769F6" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="802"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">raspolaganje nekretninama u državnom vlasništvu bez naknade u korist jedinica lokalne i područne (regionalne) samouprave (u daljnjem tekstu: JLP(R)S) i ustanova čiji je osnivač Republika Hrvatska i/ili JLP(R)S, u svrhu ostvarenja projekata koji su od općeg, javnog, socijalnog ili kulturnog interesa, projekata izgradnje poslovne infrastrukture za gospodarski razvoj, provođenje programa javnih politika i drugo </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00E8F3F6" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="802"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>osnivanje osobne služnosti prava uporabe na nekretninama u vlasništvu Republike Hrvatske bez naknade ili darovanje nekretnina u korist organizacija civilnog društva kada je to u interesu Republike Hrvatske, a radi ostvarenja projekata od općeg, kulturnog, znanstvenog, sportskog, javnog ili socijalnog interesa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03E3E5EF" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="802"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">davanje u zakup nekretnina u vlasništvu Republike Hrvatske organizacijama civilnog društva </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58F8B2D4" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="802"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>upravljanje i davanje nekretnina na uporabu tijelima državne uprave i drugim korisnicima državnog proračuna Republike Hrvatske bez naknade za potrebe rada tijela državne uprave i drugih tijela koja su proračunski korisnici državnog proračuna Republike Hrvatske</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57F14C68" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="802"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">upravljanje i raspolaganje nekretninama u vlasništvu Republike Hrvatske u svrhu smještaja tijela JLP(R)S  ili ustanova čiji je osnivač JLP(R)S bez naknade </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F0D271E" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="802"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">stanovi za službene potrebe </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16A294F9" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="802"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">osnivanje prava građenja i osnivanje prava služnosti bez provođenja javnog natječaja u svrhu izgradnje građevina za proizvodnju električne energije iz obnovljivih izvora energije, ako se navedene građevine grade na nekretnini u vlasništvu Republike Hrvatske </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7639DD96" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="802"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">upravljanje viškom iskopa koji predstavlja mineralnu sirovinu </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24F6A81F" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="802"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>zamjena nekretnina u vlasništvu Republike Hrvatske s nekretninama u vlasništvu JLP(R)S, a iznimno s nekretninama u vlasništvu trećih osoba kada je to propisano posebnim zakonom</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="259C8501" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="802"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">stjecanje nekretnina i drugih stvarnih prava u korist Republike Hrvatske. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00A745BE" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="802"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C2B3D5A" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="802"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11DD696F" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="802"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76228E17" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="802"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26B20AD8" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="802"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1756D3B8" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="802"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7904E5C0" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="802"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BEEE186" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="360"/>
+        <w:ind w:left="1418" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>STRATEŠKI CILJEVI I MJERE UPRAVLJANJA NEKRETNINAMA I POKRETNINAMA U VLASNIŠTVU REPUBLIKE HRVATSKE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="264EA560" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="322B2998" w14:textId="60A34A3D" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">U Strategiji upravljanja nekretninama i pokretninama u vlasništvu Republike Hrvatske </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">za razdoblje 2026. - 2035. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">postavljena je vizija razvoja </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>upravnog područja upravljanja nekretninama i pokretninama u vlasništvu Republike Hrvatske:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
+          <w:i/>
+          <w:color w:val="657C9C" w:themeColor="text2" w:themeTint="BF"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Optimiziran i ekonomičan portfelj nekretnina i pokretnina u vlasništvu Republike Hrvatske  koji potiče održivi rast i razvoj, promiče društvenu dobrobit i štiti nacionalne interese. Definirana su </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4 strateška cilja u upravljanju nekretninama i pokretninama u vlasništvu Republike Hrvatske </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>i to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CE77E44" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17E3CC93" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:after="140"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Strateški cilj 1.: Učinkovito upravljanje nekretninama od strateškog značaja za Republiku Hrvatsku</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="192BDD06" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:after="140"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Strateški cilj 2.: Učinkovito upravljanje nekretninama koje nisu od strateškog značaja za Republiku Hrvatsku</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42CAFCCE" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:after="140"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Strateški cilj 3.: Učinkovito upravljanje nekretninama u vlasništvu Republike Hrvatske za ispunjenje administrativnih potreba korisnika državnog proračuna</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00514B93" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:after="140"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Strateški cilj 4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Učinkovito upravljanje pokretninama u vlasništvu Republike Hrvatske i privremeno oduzetom imovinom.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49CCE69F" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:ind w:firstLine="23"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54B83FA6" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00DA3AC9" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:ind w:firstLine="23"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Strateški ciljevi definirani su temeljem analize razvojnih potreba i razvojnih potencijala i u cilju ostvarenja vizije razvoja područja upravljanja nekretninama i pokretninama u vlasništvu Republike Hrvatske. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA3AC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>U nastavku se navode kratki opisi pojedinih strateških ciljeva:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B6E9C05" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:ind w:firstLine="23"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="15"/>
+          <w:szCs w:val="15"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D64480E" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:ind w:firstLine="23"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Tablica 3.1. Kratki opis strateških ciljeva obuhvaćenih ovim Godišnjim planom</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B2D0B91" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:ind w:firstLine="23"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="15"/>
+          <w:szCs w:val="15"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11B90140" w14:textId="77777777" w:rsidR="00B22BDF" w:rsidRPr="00E01ECB" w:rsidRDefault="00B22BDF" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:ind w:firstLine="23"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="15"/>
+          <w:szCs w:val="15"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9067" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3539"/>
+        <w:gridCol w:w="5528"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0023059B" w:rsidRPr="00E01ECB" w14:paraId="1452B0AA" w14:textId="77777777" w:rsidTr="0023059B">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7A218247" w14:textId="77777777" w:rsidR="0023059B" w:rsidRPr="00E01ECB" w:rsidRDefault="0023059B" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>STRATEŠKI CILJEVI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="728FDE5E" w14:textId="77777777" w:rsidR="0023059B" w:rsidRPr="00E01ECB" w:rsidRDefault="0023059B" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>OPIS CILJA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0023059B" w:rsidRPr="00E01ECB" w14:paraId="23315CE4" w14:textId="77777777" w:rsidTr="0023059B">
+        <w:trPr>
+          <w:trHeight w:val="272"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="43502E9E" w14:textId="77777777" w:rsidR="0023059B" w:rsidRPr="00E01ECB" w:rsidRDefault="0023059B" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="76193A76" w14:textId="77777777" w:rsidR="0023059B" w:rsidRPr="00E01ECB" w:rsidRDefault="0023059B" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0023059B" w:rsidRPr="00E01ECB" w14:paraId="5F5DA4DB" w14:textId="77777777" w:rsidTr="0023059B">
+        <w:trPr>
+          <w:trHeight w:val="1428"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="37C55E29" w14:textId="77777777" w:rsidR="0023059B" w:rsidRPr="00E01ECB" w:rsidRDefault="0023059B" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>1. Učinkovito upravljanje nekretninama od strateškog značaja za Republiku Hrvatsku</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="29BA21BD" w14:textId="77777777" w:rsidR="0023059B" w:rsidRPr="00E01ECB" w:rsidRDefault="0023059B" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Svrha provedbe ovog cilja je pružiti potporu razvojnim ciljevima Republike Hrvatske kroz ubrzanje procesa aktivacije nekretnina od strateškog značaja za Republiku Hrvatsku. Fokusom na upravljanje nekretninama od strateškog značaja ostvaruju se značajne gospodarske, financijske, razvojne ili društvene koristi. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0023059B" w:rsidRPr="00E01ECB" w14:paraId="2747586E" w14:textId="77777777" w:rsidTr="0023059B">
+        <w:trPr>
+          <w:trHeight w:val="832"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="268A4B2A" w14:textId="77777777" w:rsidR="0023059B" w:rsidRPr="00E01ECB" w:rsidRDefault="0023059B" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2272496D" w14:textId="77777777" w:rsidR="0023059B" w:rsidRPr="00E01ECB" w:rsidRDefault="0023059B" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0023059B" w:rsidRPr="00E01ECB" w14:paraId="3E77C7A5" w14:textId="77777777" w:rsidTr="0023059B">
+        <w:trPr>
+          <w:trHeight w:val="2690"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="77182FE7" w14:textId="77777777" w:rsidR="0023059B" w:rsidRPr="00E01ECB" w:rsidRDefault="0023059B" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>2. Učinkovito  upravljanje nekretninama koje nisu od strateškog značaja za Republiku Hrvatsku</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="75F296BE" w14:textId="77777777" w:rsidR="0023059B" w:rsidRPr="00E01ECB" w:rsidRDefault="0023059B" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Svrha provedbe ovog cilja je pružiti potporu ukupnim razvojnim ciljevima Republike Hrvatske kroz ubrzanje procesa aktivacije nekretnina koje nisu od strateškog značaja za Republiku Hrvatsku, daljnje smanjenje portfelja te stvaranje preduvjeta za provedbu razvojnih (gospodarskih, kulturnih, socijalnih, demografskih i drugih) projekata. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0023059B" w:rsidRPr="00E01ECB" w14:paraId="2F55B862" w14:textId="77777777" w:rsidTr="0023059B">
+        <w:trPr>
+          <w:trHeight w:val="565"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1432EBAC" w14:textId="77777777" w:rsidR="0023059B" w:rsidRPr="00E01ECB" w:rsidRDefault="0023059B" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>STRATEŠKI CILJEVI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0087DA17" w14:textId="77777777" w:rsidR="0023059B" w:rsidRPr="00E01ECB" w:rsidRDefault="0023059B" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>OPIS CILJA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0023059B" w:rsidRPr="00E01ECB" w14:paraId="0B4C99D1" w14:textId="77777777" w:rsidTr="0023059B">
+        <w:trPr>
+          <w:trHeight w:val="2472"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="068F66FD" w14:textId="77777777" w:rsidR="0023059B" w:rsidRPr="00E01ECB" w:rsidRDefault="0023059B" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>3. Učinkovito upravljanje nekretninama u vlasništvu Republike Hrvatske za ispunjenje administrativnih potreba korisnika državnog proračuna</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="466EB427" w14:textId="70339D82" w:rsidR="0023059B" w:rsidRPr="00E01ECB" w:rsidRDefault="0023059B" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Svrha provedbe ovog cilja je utvrđivanje najoptimalnijeg načina rješavanja nedostatka poslovnih prostora za osiguranje redovnog poslovanja tijela državne uprave </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(dalje u tekstu i kao TDU) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>i drugih korisnika državnog proračuna, pri tome omogućavajući smanjenje rashoda državnog proračuna za zakupnine, ali i stavljanje u funkciju nekretnina u vlasništvu Republike Hrvatske.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0023059B" w:rsidRPr="00E01ECB" w14:paraId="26CD06FD" w14:textId="77777777" w:rsidTr="0023059B">
+        <w:trPr>
+          <w:trHeight w:val="2202"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="14B59443" w14:textId="77777777" w:rsidR="0023059B" w:rsidRPr="00E01ECB" w:rsidRDefault="0023059B" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Učinkovito upravljanje pokretninama u vlasništvu Republike Hrvatske i privremeno oduzetom imovinom.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="15057DB3" w14:textId="77777777" w:rsidR="0023059B" w:rsidRPr="00E01ECB" w:rsidRDefault="0023059B" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Svrha provedbe ovog cilja je jačanje upravljanja pokretninama u vlasništvu Republike Hrvatske kojima upravlja Ministarstvo, a ista obuhvaća ekonomsku valorizaciju ostvarenu prodajom, najmom, zakupom pokretnina i nekretnina danih bez naknade na uporabu, darovanih ili na kojima je prenijeto pravo upravljanja, kao i raspolaganje svim drugim oblicima privremeno oduzete imovine (novčana sredstva, vrijednosni papiri, virtualne valute).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2291D188" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:ind w:firstLine="23"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="15"/>
+          <w:szCs w:val="15"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F201C08" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:ind w:firstLine="23"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Za svaki strateški cilj definirane su mjere čija realizacija dovodi do ostvarenja strateškog cilja. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>U nastavku se navodi kratki pregled strateških ciljeva i pripadajućih provedbenih mjera:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DE03FA4" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="15"/>
+          <w:szCs w:val="15"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EF63D29" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:ind w:firstLine="23"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="15"/>
+          <w:szCs w:val="15"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07952BC9" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:ind w:firstLine="23"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Tablica 3.2. Pregled strateških ciljeva i mjera obuhvaćenih ovim Godišnjim planom</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00BD61FD" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9062" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3676"/>
+        <w:gridCol w:w="5386"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="2F83DCA6" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:trHeight w:val="559"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3676" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7C64E193" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>STRATEŠKI CILJEVI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="452ECD39" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>MJERE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="4BA62CFA" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:trHeight w:val="982"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3676" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="70B49715" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>1. Učinkovito upravljanje nekretninama od strateškog značaja za Republiku Hrvatsku</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5B14E51B" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>1.1. Uvođenje projektnog pristupa upravljanja nekretninama od strateškog značaja za Republiku Hrvatsku</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="5BC4B944" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:trHeight w:val="411"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3676" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="41184970" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5BC626A0" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>1.2. Priprema i razvoj projektnih prijedloga</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="53D7CC7C" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:trHeight w:val="902"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3676" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="25044A2F" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="309EB6CE" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>1.3. Provedba projekata na nekretninama od strateškog značaja za Republiku Hrvatsku</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="6527F967" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:trHeight w:val="1337"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3676" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="18CC8E1C" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="_Hlk207802065"/>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>2. Učinkovito  upravljanje nekretninama koje nisu od strateškog značaja za Republiku Hrvatsku</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7A749293" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>2.1. Koordinacija upravljanja nekretninama u vlasništvu Republike Hrvatske u odnosu na nadležna tijela za provedbu decentraliziranog modela upravljanja nekretninama</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="3B2E7A22" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:trHeight w:val="624"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3676" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4997C2C1" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E1733E3" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>2.2. Aktivacija neiskorištenih nekretnina</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="79633E7E" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:trHeight w:val="1524"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3676" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="01104F0F" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="69B5AAB8" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2.3. Jačanje doprinosa upravljanja nekretninama </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>ostvarenju strateških ciljeva i javnih politika i programa koje donose daljnji rast, razvoj i stabilnost gospodarstva</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="7FD400E3" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3676" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F61516B" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>STRATEŠKI CILJEVI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="037D7A93" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>MJERE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="1927E34C" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:trHeight w:val="829"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3676" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0332FA1B" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="_Hlk207802153"/>
+            <w:bookmarkStart w:id="4" w:name="_Hlk207802175"/>
+            <w:bookmarkEnd w:id="2"/>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>3. Učinkovito upravljanje nekretninama u vlasništvu Republike Hrvatske za ispunjenje administrativnih potreba korisnika državnog proračuna</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="3"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="55B1982D" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>3.1. Utvrđivanje potreba za smještajem tijela državne uprave i drugih korisnika državnog proračuna</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="4D9EACAD" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:trHeight w:val="1266"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3676" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2A47A923" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1A3064FB" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>3.2. Ulaganje u nekretnine u vlasništvu Republike Hrvatske u funkciji ostvarenja administrativnih potreba tijela državne uprave i drugih korisnika državnog proračuna</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="4F1B0099" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:trHeight w:val="1128"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3676" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5B534B3A" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2579DCDE" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>3.3. Stjecanje nekretnina za potrebe smještaja tijela državne uprave i drugih korisnika državnog proračuna</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="4F93BD47" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:trHeight w:val="988"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3676" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="59F2C027" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="50C27873" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3.4. Obnova, rekonstrukcija i izgradnja nekretnina za smještaj tijela državne uprave i drugih korisnika državnog proračuna </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="4"/>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="763A8A36" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:trHeight w:val="714"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3676" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="71D11D0A" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Učinkovito upravljanje pokretninama u vlasništvu Republike Hrvatske i privremeno oduzetom imovinom.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7E53F713" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>4.1. Aktivacija pokretnina u vlasništvu Republike Hrvatske</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="7A38271F" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:trHeight w:val="672"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3676" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3ED532A0" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="14040B74" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>4.2. Unaprjeđenje upravljanja privremeno oduzetom imovinom</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5741C320" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10E78E00" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E3F54A4" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Provedbene mjere ukratko su opisane</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kako slijedi:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E9EEBB8" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31C5F15F" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:ind w:firstLine="23"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Tablica 3.3. Kratki opis mjera obuhvaćenih ovim Godišnjim planom</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9289" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3681"/>
+        <w:gridCol w:w="5386"/>
+        <w:gridCol w:w="222"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="42E657CB" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="222" w:type="dxa"/>
+          <w:trHeight w:val="1155"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9067" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11C9A959" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>STRATEŠKI CILJ 1.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00727B06" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Učinkovito upravljanje nekretninama od strateškog značaja za Republiku Hrvatsku</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="6BD6FC0D" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="222" w:type="dxa"/>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="19C2CC95" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>MJERE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="612F3A28" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>OPIS MJERA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="7F493E1E" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="319071AA" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0D6552D0" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="222" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0326B70E" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="2A801118" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:trHeight w:val="936"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="37E10148" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>1.1. Uvođenje projektnog pristupa upravljanja nekretninama od strateškog značaja za Republiku Hrvatsku</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4DFB05CA" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Oformljivanjem projektnih timova definirati će se standardizirani procesi u upravljanju investicijskim projektima na nekretninama od strateškog značaja za Republiku Hrvatsku, kao i aktivnosti u pripremi, razvoju, promociji i provedbi projekata na nekretninama od strateškog značaja za Republiku, a sve u svrhu povećanja investicijskog potencijala nekretnina Republike Hrvatske.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="222" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="321A0008" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000C0653" w:rsidRPr="00E01ECB" w14:paraId="37D05B2F" w14:textId="77777777" w:rsidTr="000C0653">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="222" w:type="dxa"/>
+          <w:trHeight w:val="312"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0E1C8590" w14:textId="77777777" w:rsidR="000C0653" w:rsidRPr="00E01ECB" w:rsidRDefault="000C0653" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>1.2. Priprema i razvoj projektnih prijedloga</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="773C8F7E" w14:textId="536C5454" w:rsidR="000C0653" w:rsidRPr="00E01ECB" w:rsidRDefault="000C0653" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Provedbom mjere utječe se na jačanje preduvjeta za uspješnu aktivaciju nekretnina od strateškog značaja za Republiku Hrvatsku</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Navedeni pristup ima za cilj promociju investicijskih lokacija, privlačenje investitora, povećanja vidljivosti investicijskih projekata i povećanja uspjeha investicijskih inicijativa.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="5905F805" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="222" w:type="dxa"/>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F46EE25" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>MJERE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F2AD3A3" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>OPIS MJERA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="3B432E34" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:trHeight w:val="1821"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5508AF8E" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>1.3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>. Provedba projekata na nekretninama od strateškog značaja za Republiku Hrvatsku</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4943CF53" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Aktivnosti mjere obuhvaćaju poslove od pripreme i sklapanja ugovora do realizacije sklopljenih ugovora i ispunjenja svih ugovornih obveza. Navedene aktivnosti podrazumijevaju pružanje stručnu podrške investitorima, koordinaciju svih aktivnosti i dionika potrebnih za konačnu realizaciju projekta.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="222" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="49757CD7" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="08C2AE6B" w14:textId="77777777" w:rsidTr="00BB7A64">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9067" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1B506286" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>STRATEŠKI CILJ 2.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75E07C27" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Učinkovito upravljanje nekretninama koje nisu od strateškog značaja za Republiku Hrvatsku</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="222" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4007DD54" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="4B4534C6" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="222" w:type="dxa"/>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2FA9FC9D" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>MJERE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="274CE04A" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>OPIS MJERA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="1AABD81A" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:trHeight w:val="2124"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="39066B1E" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>2.1. Koordinacija upravljanja nekretninama u vlasništvu Republike Hrvatske u odnosu na nadležna tijela za provedbu decentraliziranog modela upravljanja nekretninama</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="464839E9" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Poslove koordinacije upravljanja nekretninama u vlasništvu Republike Hrvatske u odnosu na nadležna tijela za provedbu decentraliziranog modela upravljanja nekretninama provodi Ministarstvo. Mjera osim stručno operativnih smjernica nadležnim tijelima od strane Ministarstva, obuhvaća i praćenje učinaka upravljanja nekretninama.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="222" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5BE27B95" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="38B4CE2F" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:trHeight w:val="2963"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D8E102C" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>2.2. Aktivacija neiskorištenih nekretnina</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E0F40B3" w14:textId="64C06699" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Cilj mjere je daljnje smanjenje portfelja i ubrzanje aktivacije neiskorištenih nekretnina koje nisu od strateškog značaja za Republ</w:t>
+            </w:r>
+            <w:r w:rsidR="00F05346">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidR="00964EAC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>ku Hrvatsku.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Provedbom će se doprinijet učinkovitijem upravljanju državnim resursima, potaknuti gospodarski rast i razvoj stavljanjem u funkciju zapuštenih i neaktivnih nekretnina, povećati prihodi državnog proračuna i smanjiti rashodi za održavanje neiskorištenih nekretnina čime se omogućava uravnotežen regionalni razvoj.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="222" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0A31EF45" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="6133A388" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:trHeight w:val="1224"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0B56A9AF" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2.3. Jačanje doprinosa upravljanja nekretninama </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="23"/>
+                <w:szCs w:val="23"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>ostvarenju strateških ciljeva i javnih politika i programa koje donose daljnji rast, razvoj i stabilnost gospodarstva</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="16B8526D" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Mjera potiče revitalizaciju neiskorištenih nekretnina kroz sinergijski učinak suradnje središnje države i lokalnih zajednica, usmjerenih na stvaranje izravnih i neizravnih učinaka upravljanja nekretninama u ostvarenju ciljeva i javnih politika i programa koje donose daljnji rast, razvoj i stabilnost gospodarstva.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="222" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="383EEDC0" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="0AA65C5E" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9067" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="15158EDF" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>STRATEŠKI CILJ 3.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7716BB27" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Učinkovito upravljanje nekretninama u vlasništvu Republike Hrvatske za ispunjenje administrativnih potreba korisnika državnog proračuna</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="222" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E16C593" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="62BC6B9A" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="222" w:type="dxa"/>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B322BF6" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>MJERE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3ECD3D7B" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>OPIS MJERA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="05FD30B1" w14:textId="77777777" w:rsidTr="00BB7A64">
+        <w:trPr>
+          <w:trHeight w:val="936"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7178DD91" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>3.1. Utvrđivanje potreba za smještajem tijela državne uprave i drugih korisnika državnog proračuna</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44D8EFB9" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Mjera uključuje evidencijske aktivnost raspoloživih poslovnih prostora kojima raspolaže Republika Hrvatska te povezivanje raspoloživih kapaciteta s administrativnim potrebama za smještajem tijela državne uprave i drugih korisnika državnog proračuna.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="222" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="51716359" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="36D92936" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="222" w:type="dxa"/>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5D41A43B" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>MJERE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3A465289" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>OPIS MJERA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="5591C140" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:trHeight w:val="1248"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="440ED57B" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>3.2. Ulaganje u nekretnine u vlasništvu Republike Hrvatske u funkciji ostvarenja administrativnih potreba tijela državne uprave i drugih korisnika državnog proračuna</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0820B9DC" w14:textId="4AB87FD8" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Mjera obuhvaća aktivnost</w:t>
+            </w:r>
+            <w:r w:rsidR="00233BD1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> adaptacije</w:t>
+            </w:r>
+            <w:r w:rsidR="00233BD1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="00233BD1" w:rsidRPr="00233BD1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>investicijsko</w:t>
+            </w:r>
+            <w:r w:rsidR="00233BD1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>g</w:t>
+            </w:r>
+            <w:r w:rsidR="00233BD1" w:rsidRPr="00233BD1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> i tekuće</w:t>
+            </w:r>
+            <w:r w:rsidR="00233BD1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>g</w:t>
+            </w:r>
+            <w:r w:rsidR="00233BD1" w:rsidRPr="00233BD1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ulaganj</w:t>
+            </w:r>
+            <w:r w:rsidR="00233BD1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidR="00233BD1" w:rsidRPr="00233BD1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> nekretnina te potom dodjelu istih na uporabu za potrebe tijela državne uprave ili drugih korisnika državnog proračuna. Predložena mjera uključuje i aktivnost koordinacije rješavanja pitanja adaptacija i održavanja objekata u kojima djelatnost obavljaju korisnici državnog proračuna, ali i upravna tijela jedinica JLP</w:t>
+            </w:r>
+            <w:r w:rsidR="008421B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>R</w:t>
+            </w:r>
+            <w:r w:rsidR="008421B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>S.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="222" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6A86EF28" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="2B0A1801" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:trHeight w:val="936"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="53AF876B" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>3.3. Stjecanje nekretnina za potrebe smještaja tijela državne uprave i drugih korisnika državnog proračuna</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0FEB058A" w14:textId="6A3F251E" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Aktivnosti navedene mjere tendiraju objedinjavanju smještaja tijela državne uprave i drugih korisnika državnog proračuna i/ili proračuna JLP</w:t>
+            </w:r>
+            <w:r w:rsidR="008421B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>R</w:t>
+            </w:r>
+            <w:r w:rsidR="008421B1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>S na većim lokacijama.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="222" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="464047AA" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="063CD024" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:trHeight w:val="936"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D47B0A3" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3.4. Obnova, rekonstrukcija i izgradnja nekretnina za smještaj tijela državne uprave i drugih korisnika državnog proračuna </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="025021A1" w14:textId="6831DF6A" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="002D0100">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mjera obuhvaća </w:t>
+            </w:r>
+            <w:r w:rsidR="002D0100">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">kapitalna ulaganja za potrebe </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> smještaj</w:t>
+            </w:r>
+            <w:r w:rsidR="002D0100">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tijela državne uprave i drugih korisnika državnog proračuna. Navedeni pristup  objedinjavanja smještaja potencijalno doprinosi ekološkim izazovima i zelenoj tranziciji.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="222" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5726CABE" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="47FF4AB0" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:trHeight w:val="288"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9067" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6609BBE2" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Strateški cilj 4.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E79BFE5" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Učinkovito upravljanje pokretninama u vlasništvu Republike Hrvatske i privremeno oduzetom imovinom</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="222" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3FC37228" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="406785F7" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="222" w:type="dxa"/>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="27E119D5" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>MJERE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="01A8B655" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>OPIS MJERA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="61BD33EF" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:trHeight w:val="624"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E8B1937" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>4.1. Aktivacija pokretnina u vlasništvu Republike Hrvatske</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="19533909" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Predložena mjera obuhvaća od donošenje odluka o prodaji/najmu/zakupu do zbrinjavanja pokretnina kod ovlaštenih tijela. Mjera predviđa i vođenje odgovarajućih evidencije o prihodima od upravljanja pokretninama po raznim osnovama.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="222" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="28BFD0E2" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="6E92C319" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:trHeight w:val="936"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="327E3CC1" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>4.2. Unaprjeđenje upravljanja privremeno oduzetom imovinom</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FED854A" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="461F452B" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Mjerom se regulira upravljanje privremeno oduzetom imovinom kojom upravlja Ministarstvo u skladu s namjenom privremeno oduzete imovine (pokretnine, nekretnine, dionica, poslovni udjeli i virtualne valute)  prodajom, davanjem na uporabu, najam ili zakup, kao i vođenje odgovarajućih evidencija.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="222" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="38AD61EE" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0F53758B" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FD118DC" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63B36EB6" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:ind w:firstLine="23"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kao dodatna podrška realizaciji navedenih strateških ciljeva definirano je i </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>pet horizontalnih mjera</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75AB1E32" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40B25B73" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:ind w:firstLine="23"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Tablica 3.4.: Pregled horizontalnih mjera kao dodatna podrška ispunjenju svih strateških ciljeva</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9284" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3676"/>
+        <w:gridCol w:w="5386"/>
+        <w:gridCol w:w="222"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="1113594F" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="222" w:type="dxa"/>
+          <w:trHeight w:val="284"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3676" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="156B2B37" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>MJERE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4B6587B0" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">OPIS HORIZONTALNE MJERE </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="0E420945" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:trHeight w:val="147"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3676" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2E55F488" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3292CE2A" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="222" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44FBE30B" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="02CDE230" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:trHeight w:val="1295"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3676" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="166A619A" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>. Jačanje koordinacije s drugim tijelima državne uprave i pravnim osobama kojima je Republika Hrvatska osnivač</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0A2F1A01" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Mjera podrazumijeva aktivnosti interinstitucionalne suradnje u svrhu brže aktivacije neiskorištenih nekretnina u vlasništvu Republike Hrvatske.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="222" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4C054FA9" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="3295B90C" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="222" w:type="dxa"/>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3676" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2F6AEC1C" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>MJERE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="33F0A925" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">OPIS HORIZONTALNE MJERE </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="697FEC9C" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:trHeight w:val="1536"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3676" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="34E8DB93" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>2. Učinkovito upravljanje ljudskim potencijalima</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="643C648D" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Mjera podrazumijeva provedbu edukacija i stručnog osposobljavanja te provedbu smjernica za organiziranje sustava upravljanja koji može učinkovito pridonijeti organizacijskim i operativnim potrebama.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="222" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7BEA605E" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="4BC99668" w14:textId="77777777" w:rsidTr="00C12B22">
+        <w:trPr>
+          <w:trHeight w:val="2098"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3676" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6BA4FD41" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>3. Harmonizacija postojećih propisa i procesa</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="339485A0" w14:textId="5812A5E6" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mjera pretpostavlja analizu postojećih propisa u području upravljanja državnom imovinom i iniciranje izmjena i dopuna istih te predlaganje novih propisa kao i aktivnosti sudjelovanja u postupku izrade prijedloga novih propisa ili izmjena i dopuna postojećih propisa čiji su stručni nositelji </w:t>
+            </w:r>
+            <w:r w:rsidR="0062063C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>tijela državne uprave</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="222" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="63D70AE3" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="368D9E4F" w14:textId="77777777" w:rsidTr="00EC2927">
+        <w:trPr>
+          <w:trHeight w:val="3588"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3676" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0F9BFBDC" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>4. Unaprjeđenje sveobuhvatne interne evidencije  pojavnih oblika državne imovine u portfelju Ministarstva</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6E19E5DC" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Mjera podrazumijeva uspostavu, vođenje, održavanje i unapređenje interoperabilnog sustava za evidenciju nekretnina (Interni registar nekretnina - IRN) te praćenje učinaka od raspolaganja nekretninama putem aplikacije Učinci raspolaganja državnim nekretninama (URDN). Navedeno doprinosi nacionalnom cilju Republike Hrvatske u pogledu ulaganja u digitalnu infrastrukturu i poticanju uvođenja digitalnih rješenja u interesu građana i hrvatskog gospodarstva, čime se daje i doprinos u izgradnji digitalne budućnosti Europe.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="222" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="729418F0" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="4623FB27" w14:textId="77777777" w:rsidTr="00C12B22">
+        <w:trPr>
+          <w:trHeight w:val="40"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3676" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="71FEFE8F" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E78A730" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="222" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="55B2C45D" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w14:paraId="0805FB26" w14:textId="77777777" w:rsidTr="00C12B22">
+        <w:trPr>
+          <w:trHeight w:val="3981"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3676" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6D66D910" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9E2F3" w:themeFill="accent1" w:themeFillTint="33"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Strateško planiranje u funkciji upravljanja nekretninama u vlasništvu Republike Hrvatsk</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5386" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1DA2291C" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E01ECB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>Mjera predstavlja kontinuitet višegodišnjih aktivnosti u izradi akata strateškog planiranja i izvještajima o provedbi istih te njihovom doprinosu u provedbi povezanih hijerarhijski nadređenih akata strateškog planiranja. Uključuje izradu Nacrta prijedloga dugoročnih i kratkoročnih akata strateškog planiranja u području upravljanja nekretninama i pokretninama u vlasništvu Republike Hrvatske te njihovu usklađenost s aktima strateškog planiranja više hijerarhijske razine kao i aktima poput Nacionalnog srednjoročnog fiskalno-strukturnog plana Republike Hrvatske za razdoblje 2025.-2028.; pripremu sektorskog doprinosa u provedbi Nacionalne razvojne strategije Republike Hrvatske do 2030. godine.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="222" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="710FD908" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6880A25D" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29E1C784" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E01ECB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C409671" w14:textId="4976477B" w:rsidR="00AB4159" w:rsidRPr="00BA5460" w:rsidRDefault="0089469B" w:rsidP="00AB4159">
+      <w:pPr>
+        <w:pStyle w:val="Bodytext20"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="360"/>
+        <w:ind w:left="1418" w:hanging="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Bodytext2"/>
+          <w:rFonts w:eastAsia="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA5460">
+        <w:rPr>
+          <w:rStyle w:val="Bodytext2"/>
+          <w:rFonts w:eastAsia="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>PLANIRANI PRIHODI OD UPRAVLJANJA NEKRETNINAMA I POKRETNINAMA U VLASNIŠTVU REPUBLIKE HRVATSKE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="575573CF" w14:textId="77777777" w:rsidR="00AB4159" w:rsidRPr="00BA5460" w:rsidRDefault="00AB4159" w:rsidP="00AB4159">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0448C1C4" w14:textId="24039AB5" w:rsidR="00AB4159" w:rsidRPr="009E2FD8" w:rsidRDefault="00AB4159" w:rsidP="00FC3B3F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA5460">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA5460">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Za 2026. godinu planirani su ukupni prihodi od upravljanja nekretninama i pokretninama u vlasništvu Republike Hrvatske u iznosu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">od </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE586A" w:rsidRPr="009E2FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>75.</w:t>
+      </w:r>
+      <w:r w:rsidR="007C48E4" w:rsidRPr="009E2FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>396</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE586A" w:rsidRPr="009E2FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="007C48E4" w:rsidRPr="009E2FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>059</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE586A" w:rsidRPr="009E2FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00986123" w:rsidRPr="009E2FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>eura</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="763E2F73" w14:textId="77777777" w:rsidR="00AB4159" w:rsidRPr="009E2FD8" w:rsidRDefault="00AB4159" w:rsidP="00FC3B3F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4AAF5845" w14:textId="4A0D220C" w:rsidR="00AB4159" w:rsidRPr="009E2FD8" w:rsidRDefault="00AB4159" w:rsidP="00FC3B3F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E2FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E2FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>U nastavku slijedi tablica 4.1. s prikazom planiranih prihoda od upravljanja nekretninama i pokretninama u vlasništvu Republike Hrvatske.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43DA34E5" w14:textId="77777777" w:rsidR="00AB4159" w:rsidRPr="009E2FD8" w:rsidRDefault="00AB4159" w:rsidP="00AB4159">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F96B03E" w14:textId="055B298D" w:rsidR="00532BB1" w:rsidRPr="009E2FD8" w:rsidRDefault="00AB4159" w:rsidP="00AB4159">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E2FD8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Tablica 4.1. Prikaz planiranih prihoda od upravljanja nekretninama i pokretninama u vlasništvu Republike Hrvatske</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29500115" w14:textId="77777777" w:rsidR="00EA4EFE" w:rsidRPr="009E2FD8" w:rsidRDefault="00EA4EFE" w:rsidP="00AB4159">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="8916" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6761"/>
+        <w:gridCol w:w="2155"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="009E2FD8" w:rsidRPr="009E2FD8" w14:paraId="059D69D8" w14:textId="77777777" w:rsidTr="00772831">
+        <w:trPr>
+          <w:trHeight w:val="541"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6761" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="000000" w:fill="B4C6E7"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="522BEEE6" w14:textId="77777777" w:rsidR="00772831" w:rsidRPr="009E2FD8" w:rsidRDefault="00772831" w:rsidP="005F762F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E2FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>VRSTA PRIHODA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="000000" w:fill="B4C6E7"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7A78C152" w14:textId="77777777" w:rsidR="00772831" w:rsidRPr="009E2FD8" w:rsidRDefault="00772831" w:rsidP="005F762F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E2FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>CILJANA VRIJEDNOST 2026.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E2FD8" w:rsidRPr="009E2FD8" w14:paraId="21AB0029" w14:textId="77777777" w:rsidTr="00772831">
+        <w:trPr>
+          <w:trHeight w:val="1109"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6761" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="000000" w:fill="D9E2F3"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="02F22B1C" w14:textId="77777777" w:rsidR="00772831" w:rsidRPr="009E2FD8" w:rsidRDefault="00772831" w:rsidP="005F762F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E2FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>1. Prihodi od raspolaganja nekretninama i pokretninama u vlasništvu Republike Hrvatske temeljem Zakona o upravljanju nekretninama i pokretninama u vlasništvu Republike Hrvatske</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1F6C8806" w14:textId="77777777" w:rsidR="00772831" w:rsidRPr="009E2FD8" w:rsidRDefault="00772831" w:rsidP="005F762F">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E2FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>60.396.059</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E2FD8" w:rsidRPr="009E2FD8" w14:paraId="51C23C42" w14:textId="77777777" w:rsidTr="00772831">
+        <w:trPr>
+          <w:trHeight w:val="449"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6761" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="000000" w:fill="D9E2F3"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3831F54B" w14:textId="77777777" w:rsidR="00772831" w:rsidRPr="009E2FD8" w:rsidRDefault="00772831" w:rsidP="005F762F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E2FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>1.1. Prihodi državnog proračuna</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F9C1443" w14:textId="77777777" w:rsidR="00772831" w:rsidRPr="009E2FD8" w:rsidRDefault="00772831" w:rsidP="005F762F">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E2FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>24.318.329</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E2FD8" w:rsidRPr="009E2FD8" w14:paraId="467054BB" w14:textId="77777777" w:rsidTr="00772831">
+        <w:trPr>
+          <w:trHeight w:val="449"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6761" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="000000" w:fill="D9E2F3"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="238E9BCD" w14:textId="77777777" w:rsidR="00772831" w:rsidRPr="009E2FD8" w:rsidRDefault="00772831" w:rsidP="005F762F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E2FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>1.2. Prihodi proračuna županija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="30FBC990" w14:textId="77777777" w:rsidR="00772831" w:rsidRPr="009E2FD8" w:rsidRDefault="00772831" w:rsidP="005F762F">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E2FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>3.797.141</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E2FD8" w:rsidRPr="009E2FD8" w14:paraId="1273C10B" w14:textId="77777777" w:rsidTr="00772831">
+        <w:trPr>
+          <w:trHeight w:val="449"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6761" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="000000" w:fill="D9E2F3"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E6F6558" w14:textId="77777777" w:rsidR="00772831" w:rsidRPr="009E2FD8" w:rsidRDefault="00772831" w:rsidP="005F762F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E2FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>1.3. Prihodi proračuna jedinica lokalne samouprave</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="728FD1E2" w14:textId="77777777" w:rsidR="00772831" w:rsidRPr="009E2FD8" w:rsidRDefault="00772831" w:rsidP="005F762F">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E2FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>3.797.141</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E2FD8" w:rsidRPr="009E2FD8" w14:paraId="7B450C46" w14:textId="77777777" w:rsidTr="00772831">
+        <w:trPr>
+          <w:trHeight w:val="449"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6761" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="000000" w:fill="D9E2F3"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7DC172DF" w14:textId="77777777" w:rsidR="00772831" w:rsidRPr="009E2FD8" w:rsidRDefault="00772831" w:rsidP="005F762F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E2FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>1.4. Prihodi trgovačkog društva Državne nekretnine d.o.o.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0160D7D7" w14:textId="77777777" w:rsidR="00772831" w:rsidRPr="009E2FD8" w:rsidRDefault="00772831" w:rsidP="005F762F">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E2FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>28.483.448</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E2FD8" w:rsidRPr="009E2FD8" w14:paraId="10DC4002" w14:textId="77777777" w:rsidTr="00772831">
+        <w:trPr>
+          <w:trHeight w:val="1109"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6761" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="000000" w:fill="D9E2F3"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="22F4C9FA" w14:textId="77777777" w:rsidR="00772831" w:rsidRPr="009E2FD8" w:rsidRDefault="00772831" w:rsidP="005F762F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E2FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>2. Prihodi od raspolaganja nekretninama u vlasništvu Republike Hrvatske temeljem Zakona o neprocijenjenom građevinskom zemljištu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="23F53418" w14:textId="77777777" w:rsidR="00772831" w:rsidRPr="009E2FD8" w:rsidRDefault="00772831" w:rsidP="005F762F">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E2FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>15.000.000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E2FD8" w:rsidRPr="009E2FD8" w14:paraId="793D575B" w14:textId="77777777" w:rsidTr="00772831">
+        <w:trPr>
+          <w:trHeight w:val="449"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6761" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="000000" w:fill="D9E2F3"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6C90448C" w14:textId="77777777" w:rsidR="00772831" w:rsidRPr="009E2FD8" w:rsidRDefault="00772831" w:rsidP="005F762F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E2FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>2.1. Prihodi državnog proračuna</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="75A2950F" w14:textId="77777777" w:rsidR="00772831" w:rsidRPr="009E2FD8" w:rsidRDefault="00772831" w:rsidP="005F762F">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E2FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>10.500.000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E2FD8" w:rsidRPr="009E2FD8" w14:paraId="7ADA077A" w14:textId="77777777" w:rsidTr="00772831">
+        <w:trPr>
+          <w:trHeight w:val="449"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6761" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="000000" w:fill="D9E2F3"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="414D4874" w14:textId="77777777" w:rsidR="00772831" w:rsidRPr="009E2FD8" w:rsidRDefault="00772831" w:rsidP="005F762F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E2FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>2.2. Prihodi proračuna županija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4CE1507F" w14:textId="77777777" w:rsidR="00772831" w:rsidRPr="009E2FD8" w:rsidRDefault="00772831" w:rsidP="005F762F">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E2FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>1.500.000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E2FD8" w:rsidRPr="009E2FD8" w14:paraId="5D190F8C" w14:textId="77777777" w:rsidTr="00772831">
+        <w:trPr>
+          <w:trHeight w:val="449"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6761" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="000000" w:fill="D9E2F3"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="195DD061" w14:textId="77777777" w:rsidR="00772831" w:rsidRPr="009E2FD8" w:rsidRDefault="00772831" w:rsidP="005F762F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E2FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>2.3. Prihodi proračuna jedinica lokalne samouprave</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3F0FD2DC" w14:textId="77777777" w:rsidR="00772831" w:rsidRPr="009E2FD8" w:rsidRDefault="00772831" w:rsidP="005F762F">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E2FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>3.000.000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00772831" w:rsidRPr="009E2FD8" w14:paraId="317D0D5C" w14:textId="77777777" w:rsidTr="00772831">
+        <w:trPr>
+          <w:trHeight w:val="676"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6761" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="000000" w:fill="B4C6E7"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="25764E98" w14:textId="77777777" w:rsidR="00772831" w:rsidRPr="009E2FD8" w:rsidRDefault="00772831" w:rsidP="005F762F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E2FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Ukupni prihodi (1+2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2155" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="000000" w:fill="B4C6E7"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="46B1E3CD" w14:textId="77777777" w:rsidR="00772831" w:rsidRPr="009E2FD8" w:rsidRDefault="00772831" w:rsidP="005F762F">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E2FD8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>75.396.059</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1BFC8CA3" w14:textId="77777777" w:rsidR="003F1CE1" w:rsidRPr="009E2FD8" w:rsidRDefault="003F1CE1" w:rsidP="00AB4159">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E0C4150" w14:textId="77777777" w:rsidR="003F1CE1" w:rsidRPr="009E2FD8" w:rsidRDefault="003F1CE1" w:rsidP="00AB4159">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06BA6967" w14:textId="77777777" w:rsidR="003F1CE1" w:rsidRPr="009E2FD8" w:rsidRDefault="003F1CE1" w:rsidP="00AB4159">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6082EBCB" w14:textId="77777777" w:rsidR="003F1CE1" w:rsidRPr="00BA5460" w:rsidRDefault="003F1CE1" w:rsidP="00AB4159">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36C75903" w14:textId="77777777" w:rsidR="00AB4159" w:rsidRPr="00FA2945" w:rsidRDefault="00AB4159" w:rsidP="00AB4159">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00AB4159" w:rsidRPr="00FA2945" w:rsidSect="00AB4159">
+          <w:headerReference w:type="default" r:id="rId12"/>
+          <w:footerReference w:type="default" r:id="rId13"/>
+          <w:pgSz w:w="11900" w:h="16840"/>
+          <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="557" w:footer="567" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3BCE1BEE" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF5198">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>PRILOG I.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D1258B1" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF5198">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>TABLIČNI PRIKAZ MJERA I AKTIVNOSTI IZ GODIŠNJEG PLANA</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Reetkatablice2"/>
+        <w:tblW w:w="14003" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1722"/>
+        <w:gridCol w:w="1766"/>
+        <w:gridCol w:w="1502"/>
+        <w:gridCol w:w="1502"/>
+        <w:gridCol w:w="1689"/>
+        <w:gridCol w:w="5813"/>
+        <w:gridCol w:w="9"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AF5198" w:rsidRPr="00AF5198" w14:paraId="7A905284" w14:textId="77777777" w:rsidTr="00BD6419">
+        <w:trPr>
+          <w:trHeight w:val="673"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14003" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="73E17955" w14:textId="7E5DD984" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="002415B3">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">STRATEŠKI CILJ 1: </w:t>
+            </w:r>
+            <w:r w:rsidR="00AB2825" w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>UČINKOVITO UPRAVLJANJE NEKRETNINAMA OD STRATEŠKOG ZNAČAJA ZA REPUBLIKU HRVATSKU</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BF8959C" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="002415B3">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>MJERA: 1.1. Uvođenje projektnog pristupa upravljanja nekretninama od strateškog značaja za RH</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF5198" w:rsidRPr="00AF5198" w14:paraId="25F8948A" w14:textId="77777777" w:rsidTr="00BD6419">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="9" w:type="dxa"/>
+          <w:trHeight w:val="910"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1722" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7EF09505" w14:textId="77777777" w:rsidR="00A91D90" w:rsidRPr="00AF5198" w:rsidRDefault="00A91D90" w:rsidP="00A91D90">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>AKTIVNOSTI/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49777B00" w14:textId="6E91D5C7" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00A91D90" w:rsidP="00A91D90">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>NAČIN OSTVARENJA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1766" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="07B68492" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>POKAZATELJI REZULTATA ZA AKTIVNOSTI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="00089927" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>POČETNA VRIJEDNOST (2024.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="64E824EA" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>CILJANA VRIJEDNOST (2026.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1689" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11F8A0D5" w14:textId="343482B8" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00D21A1B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>NOSITELJ</w:t>
+            </w:r>
+            <w:r w:rsidR="00D21A1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> PROVEDBE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5813" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0A3ECAD9" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PROJEKTI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF5198" w:rsidRPr="00AF5198" w14:paraId="66BE5DEA" w14:textId="77777777" w:rsidTr="00BD6419">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="9" w:type="dxa"/>
+          <w:trHeight w:val="2481"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1722" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4C674454" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>1.1.1. Oformljavanje projektnih timova za upravljanje projektima na nekretninama od strateškog značaja za Republiku Hrvatsku</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1766" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="30B52E52" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Broj oformljenih timova za pojedini projekt</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="659BF5C0" w14:textId="77777777" w:rsidR="00E01204" w:rsidRDefault="00E01204" w:rsidP="005B7AEA">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="31BED788" w14:textId="4B8C6F70" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="005B7AEA">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5F193C8A" w14:textId="77777777" w:rsidR="00E01204" w:rsidRDefault="00E01204" w:rsidP="005B7AEA">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="015F4AC9" w14:textId="2B2FAD54" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="005B7AEA">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04B39906" w14:textId="77777777" w:rsidR="00E01204" w:rsidRDefault="00E01204" w:rsidP="00BD6419">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3FC4B459" w14:textId="10700F68" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00BD6419">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="00F20338">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PGI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5813" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="78477E11" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. Golf Ladina, Novigrad, Zadarska županija                                                    2.  Mačjak - Šumljak, Lukoran, otok Preko, Zadarska županija                                                 3.  Krmača, otok Korčula, Dubrovačko-neretvanska županija                                                  4.  Zemljište nekadašnje Valjaonice cijevi Sisak, Sisačko-moslavačka županija                                                           </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69BC3F45" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5. Bivši vojni kompleksi Velebit V2 i Velebit V3, Delnice, Primorsko-goranska županija                                        </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75D425E3" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6. Saccorgiana, Pula, Istarska županija             </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>7. Vrata Zadra, Zadar, Zadarska županija</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>8. Campanož, Medulin, Istarska županija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD6419" w:rsidRPr="00AF5198" w14:paraId="4A1FF91E" w14:textId="77777777" w:rsidTr="00BD6419">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="9" w:type="dxa"/>
+          <w:trHeight w:val="3015"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1722" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3025BBF1" w14:textId="77777777" w:rsidR="00BD6419" w:rsidRPr="00AF5198" w:rsidRDefault="00BD6419" w:rsidP="00BD6419">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>1.1.2. Definiranje standardiziranih procesa u upravljanju projektima na nekretninama od strateškog značaja za Republiku Hrvatsku</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1766" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="32A7CF8A" w14:textId="77777777" w:rsidR="00BD6419" w:rsidRPr="00AF5198" w:rsidRDefault="00BD6419" w:rsidP="00BD6419">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Izrađen hodogram aktivnosti za pojedini projekt</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0711A8FC" w14:textId="77777777" w:rsidR="00E01204" w:rsidRDefault="00E01204" w:rsidP="005B7AEA">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6AD1A371" w14:textId="28D8250A" w:rsidR="00BD6419" w:rsidRPr="00AF5198" w:rsidRDefault="00BD6419" w:rsidP="005B7AEA">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="66ECE348" w14:textId="77777777" w:rsidR="00E01204" w:rsidRDefault="00E01204" w:rsidP="005B7AEA">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="07781CBE" w14:textId="55B048FD" w:rsidR="00BD6419" w:rsidRPr="00AF5198" w:rsidRDefault="00BD6419" w:rsidP="005B7AEA">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B1B69A2" w14:textId="77777777" w:rsidR="00E01204" w:rsidRDefault="00E01204" w:rsidP="00BD6419">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="25F34DB6" w14:textId="5ADE7311" w:rsidR="00BD6419" w:rsidRPr="00AF5198" w:rsidRDefault="00BD6419" w:rsidP="00BD6419">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="00F20338">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PGI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5813" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="01F90ACD" w14:textId="2B4B3190" w:rsidR="00BD6419" w:rsidRPr="00AF5198" w:rsidRDefault="00BD6419" w:rsidP="00BD6419">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>1. Perna, Orebić, Dubrovačko- neretvanska županija</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>2. Turističko razvojno područje Sv. Mikula, Rakalj, Marčana, Istarska županija</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>3. Kamp Jarun, Grad Zagreb</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>4. Hidrobaza, Pula, Istarska županija</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>5. Kamp Peruštine Diklo, Zadar, Zadarska županija</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>6. Stancija Grande, Savudrija, Istarska županija</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>7. Turistička zona Privlaka, Zadarska županija</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">8. Dječje selo Promajna, Baška Voda, Splitsko dalmatinska županija       </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>9. Campanož, Medulin, Istarska županija</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">10. </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA4EFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>b</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>ivš</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA4EFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">i </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>vojni kompleksi Velebit V2 i Velebit V3, Delnice, Primorsko-goranska županija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="47A4D8E7" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF5198">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Napomena: Početnu vrijednost pokazatelja rezultata predstavlja ostvarena vrijednost na dan 31. prosinca 2024., a ciljanu vrijednost predstavlja planirana vrijednost na dan 31. prosinca 2026.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Reetkatablice2"/>
+        <w:tblW w:w="13994" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1727"/>
+        <w:gridCol w:w="1766"/>
+        <w:gridCol w:w="1502"/>
+        <w:gridCol w:w="1502"/>
+        <w:gridCol w:w="1689"/>
+        <w:gridCol w:w="5808"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AF5198" w:rsidRPr="00AF5198" w14:paraId="15C392F1" w14:textId="77777777" w:rsidTr="00303539">
+        <w:trPr>
+          <w:trHeight w:val="673"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13994" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A220111" w14:textId="716E967C" w:rsidR="00AF5198" w:rsidRPr="00303539" w:rsidRDefault="00AF5198" w:rsidP="00303539">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303539">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>STRATEŠKI CILJ 1: Učinkovito upravljanje nekretninama od strateškog značaja za Republiku Hrvatsku</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="258FB947" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00303539" w:rsidRDefault="00AF5198" w:rsidP="00303539">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00303539">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>MJERA: 1.2. Priprema i razvoj projektnih prijedloga</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF5198" w:rsidRPr="00AF5198" w14:paraId="7903E0AD" w14:textId="77777777" w:rsidTr="00BD6419">
+        <w:trPr>
+          <w:trHeight w:val="910"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1727" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4B5CB061" w14:textId="77777777" w:rsidR="00F318A8" w:rsidRPr="00AF5198" w:rsidRDefault="00F318A8" w:rsidP="00F318A8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>AKTIVNOSTI/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21E27052" w14:textId="3DE76463" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00F318A8" w:rsidP="00F318A8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>NAČIN OSTVARENJA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1766" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="06FBC2FF" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>POKAZATELJI REZULTATA ZA AKTIVNOSTI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="037475E0" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>POČETNA VRIJEDNOST (2024.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="25DABF8F" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>CILJANA VRIJEDNOST (2026.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1689" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43371839" w14:textId="34130F75" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00113328" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>NOSITELJ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> PROVEDBE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5808" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="33A917D4" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PROJEKTI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD6419" w:rsidRPr="00AF5198" w14:paraId="0AB556B9" w14:textId="77777777" w:rsidTr="00BD6419">
+        <w:trPr>
+          <w:trHeight w:val="1085"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1727" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24CF43B0" w14:textId="77777777" w:rsidR="00BD6419" w:rsidRPr="00AF5198" w:rsidRDefault="00BD6419" w:rsidP="00BD6419">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>1.2.1. Izrada analiza i predinvesticijskih studija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1766" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E646DB6" w14:textId="77777777" w:rsidR="00BD6419" w:rsidRPr="00AF5198" w:rsidRDefault="00BD6419" w:rsidP="00BD6419">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Broj izrađenih analiza i predinvesticijskih studija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B845815" w14:textId="77777777" w:rsidR="00E01204" w:rsidRDefault="00E01204" w:rsidP="005B7AEA">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2DD1B07E" w14:textId="709ABE53" w:rsidR="00BD6419" w:rsidRPr="00AF5198" w:rsidRDefault="00BD6419" w:rsidP="005B7AEA">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29FF6D71" w14:textId="77777777" w:rsidR="00E01204" w:rsidRDefault="00E01204" w:rsidP="005B7AEA">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="606C8F4A" w14:textId="1F34070E" w:rsidR="00BD6419" w:rsidRPr="00AF5198" w:rsidRDefault="00BD6419" w:rsidP="005B7AEA">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FB66503" w14:textId="77777777" w:rsidR="00E01204" w:rsidRDefault="00E01204" w:rsidP="00BD6419">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3FC1E898" w14:textId="124CCE4D" w:rsidR="00BD6419" w:rsidRPr="00AF5198" w:rsidRDefault="00BD6419" w:rsidP="00BD6419">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="00F20338">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PGI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5808" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D04D97A" w14:textId="77777777" w:rsidR="00BD6419" w:rsidRPr="00AF5198" w:rsidRDefault="00BD6419" w:rsidP="00BD6419">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>1. Turistička zona Privlaka, Zadarska županija</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E17D106" w14:textId="77777777" w:rsidR="00BD6419" w:rsidRPr="00AF5198" w:rsidRDefault="00BD6419" w:rsidP="00BD6419">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>2. Dječje selo Promajna, Baška Voda, Splitsko dalmatinska županija</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42BA9365" w14:textId="77777777" w:rsidR="00BD6419" w:rsidRPr="00AF5198" w:rsidRDefault="00BD6419" w:rsidP="00BD6419">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>3. Kamp Peruštine, Diklo, Zadar, Zadarska županija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD6419" w:rsidRPr="00AF5198" w14:paraId="5CD1F8A8" w14:textId="77777777" w:rsidTr="00BD6419">
+        <w:trPr>
+          <w:trHeight w:val="831"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1727" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="69CCA031" w14:textId="77777777" w:rsidR="00BD6419" w:rsidRPr="00AF5198" w:rsidRDefault="00BD6419" w:rsidP="00BD6419">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.2.2. Provođenje ispitivanja tržišta (Soft Market Testing) i izrada promo materijala  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1766" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A2A5F59" w14:textId="77777777" w:rsidR="00BD6419" w:rsidRPr="00AF5198" w:rsidRDefault="00BD6419" w:rsidP="00BD6419">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Broj provedenih ispitivanja tržišta</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5118269B" w14:textId="77777777" w:rsidR="00E01204" w:rsidRDefault="00E01204" w:rsidP="005B7AEA">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7698DA95" w14:textId="0DCEC996" w:rsidR="00BD6419" w:rsidRPr="00AF5198" w:rsidRDefault="00BD6419" w:rsidP="005B7AEA">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E62C28F" w14:textId="77777777" w:rsidR="00E01204" w:rsidRDefault="00E01204" w:rsidP="005B7AEA">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="61066CA1" w14:textId="6B9215FF" w:rsidR="00BD6419" w:rsidRPr="00AF5198" w:rsidRDefault="00BD6419" w:rsidP="005B7AEA">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F7B6301" w14:textId="77777777" w:rsidR="00E01204" w:rsidRDefault="00E01204" w:rsidP="00BD6419">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4E8248E9" w14:textId="3EB466C8" w:rsidR="00BD6419" w:rsidRPr="00AF5198" w:rsidRDefault="00BD6419" w:rsidP="00BD6419">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="00F20338">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PGI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5808" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7733E61D" w14:textId="77777777" w:rsidR="00BD6419" w:rsidRPr="00AF5198" w:rsidRDefault="00BD6419" w:rsidP="00BD6419">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>1. Turistička zona Privlaka, Zadarska županija</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D0FCDB7" w14:textId="77777777" w:rsidR="00BD6419" w:rsidRPr="00AF5198" w:rsidRDefault="00BD6419" w:rsidP="00BD6419">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>2. Dječje selo Promajna, Baška Voda, Splitsko dalmatinska županija</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02539D9B" w14:textId="77777777" w:rsidR="00BD6419" w:rsidRPr="00AF5198" w:rsidRDefault="00BD6419" w:rsidP="00BD6419">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>3. Kamp Peruštine, Diklo, Zadar, Zadarska županija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD6419" w:rsidRPr="00AF5198" w14:paraId="1CE64441" w14:textId="77777777" w:rsidTr="00BD6419">
+        <w:trPr>
+          <w:trHeight w:val="1274"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1727" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="7E3D2B75" w14:textId="77777777" w:rsidR="00BD6419" w:rsidRPr="00AF5198" w:rsidRDefault="00BD6419" w:rsidP="00BD6419">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1766" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BB923F7" w14:textId="77777777" w:rsidR="00BD6419" w:rsidRPr="00AF5198" w:rsidRDefault="00BD6419" w:rsidP="00BD6419">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Izrađeni promo materijali za pojedini projekt (brošure, digitalni sadržaj i sl.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EF26960" w14:textId="77777777" w:rsidR="00E01204" w:rsidRDefault="00E01204" w:rsidP="005B7AEA">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="58A562F7" w14:textId="51F8C034" w:rsidR="00BD6419" w:rsidRPr="00AF5198" w:rsidRDefault="00BD6419" w:rsidP="005B7AEA">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A1657EB" w14:textId="77777777" w:rsidR="00E01204" w:rsidRDefault="00E01204" w:rsidP="005B7AEA">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5BD28C53" w14:textId="44C16396" w:rsidR="00BD6419" w:rsidRPr="00AF5198" w:rsidRDefault="00BD6419" w:rsidP="005B7AEA">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3293F13F" w14:textId="77777777" w:rsidR="00E01204" w:rsidRDefault="00E01204" w:rsidP="00BD6419">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="375E29E3" w14:textId="3319A0F7" w:rsidR="00BD6419" w:rsidRPr="00AF5198" w:rsidRDefault="00BD6419" w:rsidP="00BD6419">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA5D0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PGI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5808" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3279CC39" w14:textId="77777777" w:rsidR="00BD6419" w:rsidRPr="00AF5198" w:rsidRDefault="00BD6419" w:rsidP="00BD6419">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>1. Turistička zona Privlaka, Zadarska županija</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="059C699F" w14:textId="77777777" w:rsidR="00BD6419" w:rsidRPr="00AF5198" w:rsidRDefault="00BD6419" w:rsidP="00BD6419">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>2. Dječje selo Promajna, Baška Voda, Splitsko dalmatinska županija</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C8CB41A" w14:textId="77777777" w:rsidR="00BD6419" w:rsidRPr="00AF5198" w:rsidRDefault="00BD6419" w:rsidP="00BD6419">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>3. Kamp Peruštine, Diklo, Zadar, Zadarska županija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="48D5404A" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF5198">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Napomena: Početnu vrijednost pokazatelja rezultata predstavlja ostvarena vrijednost na dan 31. prosinca 2024., a ciljanu vrijednost predstavlja planirana vrijednost na dan 31. prosinca 2026.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38102615" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Reetkatablice2"/>
+        <w:tblW w:w="13994" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1723"/>
+        <w:gridCol w:w="1766"/>
+        <w:gridCol w:w="1502"/>
+        <w:gridCol w:w="1502"/>
+        <w:gridCol w:w="1689"/>
+        <w:gridCol w:w="5812"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AF5198" w:rsidRPr="000E00A7" w14:paraId="14B53A6C" w14:textId="77777777" w:rsidTr="00544E4F">
+        <w:trPr>
+          <w:trHeight w:val="673"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13994" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E91CD3E" w14:textId="3A9004DD" w:rsidR="00AF5198" w:rsidRPr="000E00A7" w:rsidRDefault="00AF5198" w:rsidP="000E00A7">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E00A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>STRATEŠKI CILJ 1: Učinkovito upravljanje nekretninama od strateškog značaja za Republiku Hrvatsku</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A7BA6A8" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="000E00A7" w:rsidRDefault="00AF5198" w:rsidP="000E00A7">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E00A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>MJERA: 1.3. Provedba projekata na nekretninama od strateškog značaja za RH</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD3F50" w:rsidRPr="00AF5198" w14:paraId="76CD39BD" w14:textId="77777777" w:rsidTr="00544E4F">
+        <w:trPr>
+          <w:trHeight w:val="913"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1723" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6677584B" w14:textId="77777777" w:rsidR="00F318A8" w:rsidRPr="00AF5198" w:rsidRDefault="00F318A8" w:rsidP="00F318A8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>AKTIVNOSTI/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1625CF90" w14:textId="0B833082" w:rsidR="00BD3F50" w:rsidRPr="00AF5198" w:rsidRDefault="00F318A8" w:rsidP="00F318A8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>NAČIN OSTVARENJA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1766" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="43988461" w14:textId="77777777" w:rsidR="00BD3F50" w:rsidRPr="00AF5198" w:rsidRDefault="00BD3F50" w:rsidP="00BD3F50">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>POKAZATELJI REZULTATA ZA AKTIVNOSTI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D1B5880" w14:textId="77777777" w:rsidR="00BD3F50" w:rsidRPr="00AF5198" w:rsidRDefault="00BD3F50" w:rsidP="00BD3F50">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>POČETNA VRIJEDNOST (2024.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2D1F097B" w14:textId="77777777" w:rsidR="00BD3F50" w:rsidRPr="00AF5198" w:rsidRDefault="00BD3F50" w:rsidP="00BD3F50">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>CILJANA VRIJEDNOST (2026.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1689" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27E382D8" w14:textId="620C12B9" w:rsidR="00BD3F50" w:rsidRPr="00AF5198" w:rsidRDefault="00BD3F50" w:rsidP="00BD3F50">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>NOSITELJ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> PROVEDBE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E1F6E09" w14:textId="77777777" w:rsidR="00BD3F50" w:rsidRPr="00AF5198" w:rsidRDefault="00BD3F50" w:rsidP="00BD3F50">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PROJEKTI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD3F50" w:rsidRPr="00AF5198" w14:paraId="1DDD60F9" w14:textId="77777777" w:rsidTr="00965BBC">
+        <w:trPr>
+          <w:trHeight w:val="1085"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1723" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A2D0C22" w14:textId="77777777" w:rsidR="00BD3F50" w:rsidRPr="00EA5D0C" w:rsidRDefault="00BD3F50" w:rsidP="00BD3F50">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5D0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>1.3.1. Provedba javnih natječaja za realizaciju projekata</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D375395" w14:textId="77777777" w:rsidR="00BD3F50" w:rsidRPr="00EA5D0C" w:rsidRDefault="00BD3F50" w:rsidP="00BD3F50">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1766" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E8E7628" w14:textId="77777777" w:rsidR="00BD3F50" w:rsidRPr="00EA5D0C" w:rsidRDefault="00BD3F50" w:rsidP="00BD3F50">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5D0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Broj objavljenih javnih natječaja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32EB7491" w14:textId="77777777" w:rsidR="00E01204" w:rsidRPr="00EA5D0C" w:rsidRDefault="00E01204" w:rsidP="005B7AEA">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3A57E6A0" w14:textId="54E010A5" w:rsidR="00BD3F50" w:rsidRPr="00EA5D0C" w:rsidRDefault="00BD3F50" w:rsidP="005B7AEA">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5D0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71253469" w14:textId="77777777" w:rsidR="00E01204" w:rsidRPr="00EA5D0C" w:rsidRDefault="00E01204" w:rsidP="005B7AEA">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="593758F9" w14:textId="0DE3A45D" w:rsidR="00BD3F50" w:rsidRPr="00EA5D0C" w:rsidRDefault="00002496" w:rsidP="005B7AEA">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5D0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5162AFA2" w14:textId="77777777" w:rsidR="00E01204" w:rsidRPr="00EA5D0C" w:rsidRDefault="00E01204" w:rsidP="005B7AEA">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3B5D21EC" w14:textId="7F782575" w:rsidR="00BD3F50" w:rsidRPr="00EA5D0C" w:rsidRDefault="00BD3F50" w:rsidP="005B7AEA">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5D0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="00C91420">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PGI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EEB2FED" w14:textId="77777777" w:rsidR="00BD3F50" w:rsidRPr="00EA5D0C" w:rsidRDefault="00BD3F50" w:rsidP="00BD3F50">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5D0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>1. Turistička zona Privlaka, Zadarska županija</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F9A8518" w14:textId="77777777" w:rsidR="00BD3F50" w:rsidRPr="00EA5D0C" w:rsidRDefault="00BD3F50" w:rsidP="00BD3F50">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5D0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>2. Dječje selo Promajna, Baška Voda, Splitsko dalmatinska županija</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05F0B613" w14:textId="77777777" w:rsidR="00BD3F50" w:rsidRPr="00EA5D0C" w:rsidRDefault="00BD3F50" w:rsidP="00BD3F50">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5D0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>3. Kamp Peruštine, Diklo, Zadar, Zadarska županija</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="696D36D4" w14:textId="35FDACF3" w:rsidR="00BD3F50" w:rsidRPr="00EA5D0C" w:rsidRDefault="007D7B58" w:rsidP="00BD3F50">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA5D0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD3F50" w:rsidRPr="00EA5D0C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>. Spomen dom Kumrovec, Krapinsko zagorska županija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003D680D" w:rsidRPr="00AF5198" w14:paraId="51D9E719" w14:textId="77777777" w:rsidTr="00544E4F">
+        <w:trPr>
+          <w:trHeight w:val="913"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1723" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="251E20ED" w14:textId="77777777" w:rsidR="00F318A8" w:rsidRPr="00AF5198" w:rsidRDefault="00F318A8" w:rsidP="00F318A8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>AKTIVNOSTI/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40FDD793" w14:textId="0FE1F732" w:rsidR="003D680D" w:rsidRPr="00AF5198" w:rsidRDefault="00F318A8" w:rsidP="00F318A8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>NAČIN OSTVARENJA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1766" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6543EEE7" w14:textId="77777777" w:rsidR="003D680D" w:rsidRPr="00AF5198" w:rsidRDefault="003D680D" w:rsidP="00B51DA7">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>POKAZATELJI REZULTATA ZA AKTIVNOSTI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7A30FF36" w14:textId="77777777" w:rsidR="003D680D" w:rsidRPr="00AF5198" w:rsidRDefault="003D680D" w:rsidP="00B51DA7">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>POČETNA VRIJEDNOST (2024.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1502" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44BBBF04" w14:textId="77777777" w:rsidR="003D680D" w:rsidRPr="00AF5198" w:rsidRDefault="003D680D" w:rsidP="00B51DA7">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>CILJANA VRIJEDNOST (2026.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1689" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="719BD4CA" w14:textId="77777777" w:rsidR="003D680D" w:rsidRPr="00AF5198" w:rsidRDefault="003D680D" w:rsidP="00B51DA7">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>NOSITELJ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> PROVEDBE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="023F4F82" w14:textId="77777777" w:rsidR="003D680D" w:rsidRPr="00AF5198" w:rsidRDefault="003D680D" w:rsidP="00B51DA7">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PROJEKTI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BD3F50" w:rsidRPr="00AF5198" w14:paraId="7AD42B71" w14:textId="77777777" w:rsidTr="00965BBC">
+        <w:trPr>
+          <w:trHeight w:val="1085"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1723" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50DDF0E5" w14:textId="77777777" w:rsidR="00BD3F50" w:rsidRPr="00AF5198" w:rsidRDefault="00BD3F50" w:rsidP="00BD3F50">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>1.3.2. Praćenje izvršenja sklopljenih ugovora o realizaciji projekata</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1766" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D6F631F" w14:textId="77777777" w:rsidR="00BD3F50" w:rsidRPr="00AF5198" w:rsidRDefault="00BD3F50" w:rsidP="00BD3F50">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Broj projekata za koje se prati izvršenje ugovornih obveza (kumulativ)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4699C58A" w14:textId="77777777" w:rsidR="00E01204" w:rsidRDefault="00E01204" w:rsidP="005B7AEA">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="653A859C" w14:textId="584ABF4D" w:rsidR="00BD3F50" w:rsidRPr="00AF5198" w:rsidRDefault="00BD3F50" w:rsidP="005B7AEA">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1502" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EDC2E0B" w14:textId="77777777" w:rsidR="00E01204" w:rsidRDefault="00E01204" w:rsidP="005B7AEA">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="11249A80" w14:textId="143C0D70" w:rsidR="00BD3F50" w:rsidRPr="00AF5198" w:rsidRDefault="00BD3F50" w:rsidP="005B7AEA">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="742F013C" w14:textId="77777777" w:rsidR="00E01204" w:rsidRDefault="00E01204" w:rsidP="005B7AEA">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4447D866" w14:textId="467A81A4" w:rsidR="00BD3F50" w:rsidRPr="00AF5198" w:rsidRDefault="00BD3F50" w:rsidP="005B7AEA">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="00C91420">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PGI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="600FB001" w14:textId="77777777" w:rsidR="00E01204" w:rsidRDefault="00E01204" w:rsidP="00BD3F50">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="134587DD" w14:textId="4A4F5228" w:rsidR="00BD3F50" w:rsidRPr="00AF5198" w:rsidRDefault="00BD3F50" w:rsidP="00BD3F50">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>1. Kupari, Dubrovnik, Dubrovačko-neretvanska županija</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D79F5B6" w14:textId="77777777" w:rsidR="00BD3F50" w:rsidRPr="00AF5198" w:rsidRDefault="00BD3F50" w:rsidP="00BD3F50">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>2. Prukljan, Skradin, Šibensko-kninska županija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="389396A5" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF5198">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Napomena: Početnu vrijednost pokazatelja rezultata predstavlja ostvarena vrijednost na dan 31. prosinca 2024., a ciljanu vrijednost predstavlja planirana vrijednost na dan 31. prosinca 2026.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="110716E1" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Reetkatablice2"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpXSpec="center" w:tblpY="1"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6777"/>
+        <w:gridCol w:w="2528"/>
+        <w:gridCol w:w="1736"/>
+        <w:gridCol w:w="1625"/>
+        <w:gridCol w:w="1328"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AF5198" w:rsidRPr="00004A4A" w14:paraId="1952224C" w14:textId="77777777" w:rsidTr="00544E4F">
+        <w:trPr>
+          <w:trHeight w:val="707"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13994" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="58056E88" w14:textId="421768D4" w:rsidR="00AF5198" w:rsidRPr="00004A4A" w:rsidRDefault="00AF5198" w:rsidP="00004A4A">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00004A4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>STRATEŠKI CILJ 2: Učinkovito upravljanje nekretninama koje nisu od strateškog značaja za Republiku Hrvatsku</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="636E4B78" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00004A4A" w:rsidRDefault="00AF5198" w:rsidP="00004A4A">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00004A4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>MJERA: 2.1. Koordinacija upravljanja nekretninama u vlasništvu RH u odnosu na nadležna tijela za provedbu decentraliziranog modela upravljanja nekretninama</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF5198" w:rsidRPr="00AF5198" w14:paraId="0F5C113B" w14:textId="77777777" w:rsidTr="00544E4F">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="12BEBDCA" w14:textId="77777777" w:rsidR="00F318A8" w:rsidRPr="00AF5198" w:rsidRDefault="00F318A8" w:rsidP="00F318A8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>AKTIVNOSTI/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EFA8011" w14:textId="3A83B4AB" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00F318A8" w:rsidP="00F318A8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>NAČIN OSTVARENJA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6B1010CC" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="001A5C93">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>POKAZATELJI REZULTATA ZA AKTIVNOSTI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1736" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="62614F6E" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="001A5C93">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>POČETNA VRIJEDNOST (2024.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1625" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4A310966" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="001A5C93">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>CILJANA VRIJEDNOST (2026.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5642711C" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="001A5C93">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>NOSITELJ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DFA1DF5" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="001A5C93">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PROVEDBE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF5198" w:rsidRPr="00AF5198" w14:paraId="43B6BC94" w14:textId="77777777" w:rsidTr="00BB46C1">
+        <w:trPr>
+          <w:trHeight w:val="333"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5A0DB403" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="001A5C93">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5ABFBE0A" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="001A5C93">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1736" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="08EA7581" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="001A5C93">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1625" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="25AA909C" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="001A5C93">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1B7A73BC" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="001A5C93">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B7FB1" w:rsidRPr="00AF5198" w14:paraId="3480D67A" w14:textId="77777777" w:rsidTr="001A5C93">
+        <w:trPr>
+          <w:trHeight w:val="599"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge w:val="restart"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="546D45F7" w14:textId="77777777" w:rsidR="003B7FB1" w:rsidRPr="00AF5198" w:rsidRDefault="003B7FB1" w:rsidP="001A5C93">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>2.1.1. Vođenje, održavanje i unaprjeđenje interoperabilnog sustava za evidenciju nekretnina: Interni registar nekretnina (IRN)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F220A84" w14:textId="77777777" w:rsidR="003B7FB1" w:rsidRPr="00AF5198" w:rsidRDefault="003B7FB1" w:rsidP="001A5C93">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="57FA5879" w14:textId="77777777" w:rsidR="003B7FB1" w:rsidRPr="00AF5198" w:rsidRDefault="003B7FB1" w:rsidP="001A5C93">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Broj provedenih edukacija za korisnike</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1736" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3A20F0CD" w14:textId="77777777" w:rsidR="003B7FB1" w:rsidRPr="00AF5198" w:rsidRDefault="003B7FB1" w:rsidP="001A5C93">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>63</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1625" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1CC2AFF5" w14:textId="77777777" w:rsidR="003B7FB1" w:rsidRPr="00AF5198" w:rsidRDefault="003B7FB1" w:rsidP="001A5C93">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="73E5086B" w14:textId="3882E294" w:rsidR="003B7FB1" w:rsidRPr="00AF5198" w:rsidRDefault="00C91420" w:rsidP="001A5C93">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PGI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B7FB1" w:rsidRPr="00AF5198" w14:paraId="45628C45" w14:textId="77777777" w:rsidTr="001A5C93">
+        <w:trPr>
+          <w:trHeight w:val="598"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4DB0C57C" w14:textId="77777777" w:rsidR="003B7FB1" w:rsidRPr="00AF5198" w:rsidRDefault="003B7FB1" w:rsidP="001A5C93">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1195049C" w14:textId="77777777" w:rsidR="003B7FB1" w:rsidRPr="00AF5198" w:rsidRDefault="003B7FB1" w:rsidP="001A5C93">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Primjena IRN sustava u nadležnim tijelima</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1736" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1CDE90FE" w14:textId="77777777" w:rsidR="003B7FB1" w:rsidRPr="00AF5198" w:rsidRDefault="003B7FB1" w:rsidP="001A5C93">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1625" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="216D1C38" w14:textId="77777777" w:rsidR="003B7FB1" w:rsidRPr="00AF5198" w:rsidRDefault="003B7FB1" w:rsidP="001A5C93">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="71E04FCE" w14:textId="47E3E4B6" w:rsidR="003B7FB1" w:rsidRPr="00AF5198" w:rsidRDefault="00C91420" w:rsidP="001A5C93">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PGI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B7FB1" w:rsidRPr="00AF5198" w14:paraId="04CB6A33" w14:textId="77777777" w:rsidTr="001A5C93">
+        <w:trPr>
+          <w:trHeight w:val="504"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge w:val="restart"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="70AC0569" w14:textId="77777777" w:rsidR="003B7FB1" w:rsidRPr="00AF5198" w:rsidRDefault="003B7FB1" w:rsidP="001A5C93">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>2.1.2. Provedba koordinacije upravljanja nekretninama u vlasništvu RH u odnosu na druga nadležna tijela kojima su temeljem Zakona kojima se uređuje upravljanje nekretninama u vlasništvu RH povjereni poslovi upravljanja</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12587EE4" w14:textId="77777777" w:rsidR="003B7FB1" w:rsidRPr="00AF5198" w:rsidRDefault="003B7FB1" w:rsidP="001A5C93">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="68089A1D" w14:textId="75A3CBCE" w:rsidR="003B7FB1" w:rsidRPr="00AF5198" w:rsidRDefault="003B7FB1" w:rsidP="001A5C93">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Broj provedenih nadzora  sukladno Planu nadzora</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1736" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2D0D2799" w14:textId="77777777" w:rsidR="003B7FB1" w:rsidRPr="00AF5198" w:rsidRDefault="003B7FB1" w:rsidP="001A5C93">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1625" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6CB4E2FC" w14:textId="77777777" w:rsidR="003B7FB1" w:rsidRPr="00AF5198" w:rsidRDefault="003B7FB1" w:rsidP="001A5C93">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7274C58B" w14:textId="3D2D5252" w:rsidR="003B7FB1" w:rsidRPr="00AF5198" w:rsidRDefault="00C91420" w:rsidP="001A5C93">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PGI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B7FB1" w:rsidRPr="00AF5198" w14:paraId="6FDA1CCA" w14:textId="77777777" w:rsidTr="00BB46C1">
+        <w:trPr>
+          <w:trHeight w:val="674"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0AB5CE05" w14:textId="77777777" w:rsidR="003B7FB1" w:rsidRPr="00AF5198" w:rsidRDefault="003B7FB1" w:rsidP="001A5C93">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7BAD3EB9" w14:textId="77777777" w:rsidR="003B7FB1" w:rsidRPr="00AF5198" w:rsidRDefault="003B7FB1" w:rsidP="001A5C93">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Broj izrađenih uputa za postupanja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1736" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="404C4627" w14:textId="77777777" w:rsidR="003B7FB1" w:rsidRPr="00AF5198" w:rsidRDefault="003B7FB1" w:rsidP="001A5C93">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1625" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="492C2540" w14:textId="77777777" w:rsidR="003B7FB1" w:rsidRPr="00AF5198" w:rsidRDefault="003B7FB1" w:rsidP="001A5C93">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D9DF559" w14:textId="5850856A" w:rsidR="003B7FB1" w:rsidRPr="00AF5198" w:rsidRDefault="00C91420" w:rsidP="001A5C93">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PGI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B7FB1" w:rsidRPr="00AF5198" w14:paraId="43271A45" w14:textId="77777777" w:rsidTr="001A5C93">
+        <w:trPr>
+          <w:trHeight w:val="552"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1D8F59D6" w14:textId="77777777" w:rsidR="003B7FB1" w:rsidRPr="00AF5198" w:rsidRDefault="003B7FB1" w:rsidP="001A5C93">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1F762250" w14:textId="77777777" w:rsidR="003B7FB1" w:rsidRPr="00AF5198" w:rsidRDefault="003B7FB1" w:rsidP="001A5C93">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Broj očitovanja o nadležnosti za postupanje</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1736" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="120F1A0D" w14:textId="77777777" w:rsidR="003B7FB1" w:rsidRPr="00AF5198" w:rsidRDefault="003B7FB1" w:rsidP="001A5C93">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1625" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="68672708" w14:textId="77777777" w:rsidR="003B7FB1" w:rsidRPr="00AF5198" w:rsidRDefault="003B7FB1" w:rsidP="001A5C93">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="58515497" w14:textId="3BAE0E95" w:rsidR="003B7FB1" w:rsidRPr="00AF5198" w:rsidRDefault="00C91420" w:rsidP="001A5C93">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PGI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5F822865" w14:textId="78148C2C" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF5198">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Napomena: Početnu vrijednost pokazatelja rezultata predstavlja ostvarena vrijednost na dan 31. prosinca 2024., a ciljanu vrijednost predstavlja planirana vrijednost na dan 31. prosinca 2026.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Reetkatablice2"/>
+        <w:tblW w:w="13327" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3539"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="1913"/>
+        <w:gridCol w:w="1868"/>
+        <w:gridCol w:w="3165"/>
+        <w:gridCol w:w="7"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D2151A" w:rsidRPr="00AF5198" w14:paraId="02170FDB" w14:textId="77777777" w:rsidTr="00B5353F">
+        <w:trPr>
+          <w:trHeight w:val="978"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13327" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="580AB10B" w14:textId="171D5EFD" w:rsidR="004C580F" w:rsidRPr="00BB46C1" w:rsidRDefault="004C580F" w:rsidP="004C580F">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB46C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>STRATEŠKI CILJ 2: Učinkovito upravljanje nekretninama koje nisu od strateškog značaja za Republiku Hrvatsku</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="142F9FED" w14:textId="2D36DE38" w:rsidR="00D2151A" w:rsidRPr="00AF5198" w:rsidRDefault="004C580F" w:rsidP="004C580F">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BB46C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>MJERA: 2.2. Aktivacija neiskorištenih nekretnina</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D2151A" w:rsidRPr="00AF5198" w14:paraId="5C5DFC2B" w14:textId="77777777" w:rsidTr="00210AEA">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="7" w:type="dxa"/>
+          <w:trHeight w:val="450"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1881ABAF" w14:textId="77777777" w:rsidR="00F318A8" w:rsidRPr="00AF5198" w:rsidRDefault="00F318A8" w:rsidP="00F318A8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>AKTIVNOSTI/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01E0C079" w14:textId="41A40C5A" w:rsidR="00D2151A" w:rsidRPr="00AF5198" w:rsidRDefault="00F318A8" w:rsidP="00F318A8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>NAČIN OSTVARENJA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="264493B6" w14:textId="77777777" w:rsidR="00D2151A" w:rsidRPr="00AF5198" w:rsidRDefault="00D2151A" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>POKAZATELJI REZULTATA ZA AKTIVNOSTI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2FE377F9" w14:textId="6E324CDD" w:rsidR="00D2151A" w:rsidRPr="00AF5198" w:rsidRDefault="00D2151A" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>POČETNA VRIJEDNOST (2024.)</w:t>
+            </w:r>
+            <w:r w:rsidR="005E1B6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5045" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="447E678B" w14:textId="77777777" w:rsidR="00D2151A" w:rsidRPr="00AF5198" w:rsidRDefault="00D2151A" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PROVEDBA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D2151A" w:rsidRPr="00AF5198" w14:paraId="7FC66930" w14:textId="77777777" w:rsidTr="00B5353F">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="7" w:type="dxa"/>
+          <w:trHeight w:val="658"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="A5C9EB"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C9FD2D1" w14:textId="77777777" w:rsidR="00D2151A" w:rsidRPr="00AF5198" w:rsidRDefault="00D2151A" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A67638F" w14:textId="77777777" w:rsidR="00D2151A" w:rsidRPr="00AF5198" w:rsidRDefault="00D2151A" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B63314D" w14:textId="77777777" w:rsidR="00D2151A" w:rsidRPr="00AF5198" w:rsidRDefault="00D2151A" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17673456" w14:textId="77777777" w:rsidR="00D2151A" w:rsidRPr="00AF5198" w:rsidRDefault="00D2151A" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>CILJANA VRIJEDNOST (2026.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3165" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D4F8727" w14:textId="77777777" w:rsidR="00D2151A" w:rsidRPr="00AF5198" w:rsidRDefault="00D2151A" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>NOSITELJ PROVEDBE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D2151A" w:rsidRPr="00AF5198" w14:paraId="266C9C0B" w14:textId="77777777" w:rsidTr="008B1096">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="7" w:type="dxa"/>
+          <w:trHeight w:val="580"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="79BE62DA" w14:textId="77777777" w:rsidR="00D2151A" w:rsidRPr="00AF5198" w:rsidRDefault="00D2151A" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:ind w:right="-361"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2.2.1. Smanjenje portfelja prodajom nekretnina </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17E32E53" w14:textId="47527CCE" w:rsidR="00D2151A" w:rsidRPr="00AF5198" w:rsidRDefault="00D2151A" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Broj objavljenih javnih poziva</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0174D3A3" w14:textId="77777777" w:rsidR="00D2151A" w:rsidRPr="00BA5460" w:rsidRDefault="00D2151A" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79E7D181" w14:textId="77777777" w:rsidR="00D2151A" w:rsidRPr="00BA5460" w:rsidRDefault="00D2151A" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>177</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D5D3208" w14:textId="3F8A3D63" w:rsidR="00D2151A" w:rsidRPr="00BA5460" w:rsidRDefault="00D2151A" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>JLP(R)S - 171</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B553F24" w14:textId="073717F5" w:rsidR="00D2151A" w:rsidRPr="00BA5460" w:rsidRDefault="00D2151A" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>DN d.o.o. - 6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D2151A" w:rsidRPr="00AF5198" w14:paraId="591E0F61" w14:textId="77777777" w:rsidTr="008B1096">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="7" w:type="dxa"/>
+          <w:trHeight w:val="649"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2FAB12F6" w14:textId="77777777" w:rsidR="00D2151A" w:rsidRPr="00AF5198" w:rsidRDefault="00D2151A" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51032D59" w14:textId="77777777" w:rsidR="00D2151A" w:rsidRPr="00AF5198" w:rsidRDefault="00D2151A" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Broj sklopljenih ugovora o kupoprodaji (neposredno i javni poziv)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01EFA234" w14:textId="77777777" w:rsidR="00D2151A" w:rsidRPr="00BA5460" w:rsidRDefault="00D2151A" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>74</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="612E4376" w14:textId="166F956A" w:rsidR="00D2151A" w:rsidRPr="00BA5460" w:rsidRDefault="00395106" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>610</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46DEE3E8" w14:textId="014E67BE" w:rsidR="00D2151A" w:rsidRPr="00BA5460" w:rsidRDefault="00D2151A" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>JLP(R)S - 450</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FDA042F" w14:textId="6FA390CF" w:rsidR="00D2151A" w:rsidRPr="00BA5460" w:rsidRDefault="00D2151A" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>DN d.o.o. - 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00004B83" w:rsidRPr="00BA5460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D2151A" w:rsidRPr="00AF5198" w14:paraId="13560FA4" w14:textId="77777777" w:rsidTr="00B5353F">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="7" w:type="dxa"/>
+          <w:trHeight w:val="799"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C4FB0AB" w14:textId="3F26B2B4" w:rsidR="00D2151A" w:rsidRPr="00AF5198" w:rsidRDefault="00D2151A" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>2.2.2. Smanjenje portfelja razvrgavanjem suvlasnički</w:t>
+            </w:r>
+            <w:r w:rsidR="00C820E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>h</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> zajednica</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7839883A" w14:textId="77777777" w:rsidR="00D2151A" w:rsidRPr="00AF5198" w:rsidRDefault="00D2151A" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Broj sporazuma o razvrgnuću suvlasničke zajednice</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="522C1FCA" w14:textId="77777777" w:rsidR="00D2151A" w:rsidRPr="00BA5460" w:rsidRDefault="00D2151A" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01CC7901" w14:textId="5E7F6885" w:rsidR="00D2151A" w:rsidRPr="00BA5460" w:rsidRDefault="00D2151A" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="006C34AB" w:rsidRPr="00BA5460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA5460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3165" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C4ACF11" w14:textId="5741AED2" w:rsidR="00D2151A" w:rsidRPr="00BA5460" w:rsidRDefault="00D2151A" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>JLP(R)S - 71</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CF67F63" w14:textId="240CEEE4" w:rsidR="00D2151A" w:rsidRPr="00BA5460" w:rsidRDefault="00D2151A" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA5460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DN d.o.o. - </w:t>
+            </w:r>
+            <w:r w:rsidR="006C34AB" w:rsidRPr="00BA5460">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D2151A" w:rsidRPr="00AF5198" w14:paraId="5C4EDCA1" w14:textId="77777777" w:rsidTr="00B5353F">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="7" w:type="dxa"/>
+          <w:trHeight w:val="840"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DE0DA28" w14:textId="2B8FC5F5" w:rsidR="00D2151A" w:rsidRPr="00CC7422" w:rsidRDefault="00D2151A" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC7422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>2.2.3. Smanjenje portfelja darovanjem nekretnina</w:t>
+            </w:r>
+            <w:r w:rsidR="005E1B6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>**</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="361E3BD3" w14:textId="77777777" w:rsidR="00D2151A" w:rsidRPr="00CC7422" w:rsidRDefault="00D2151A" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC7422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Broj sklopljenih ugovora o darovanju nekretnina / prijenosu prava vlasništva nekretnina</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40E9DAE7" w14:textId="77777777" w:rsidR="00D2151A" w:rsidRPr="00CC7422" w:rsidRDefault="00D2151A" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F1AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="667FB42C" w14:textId="646CDBD0" w:rsidR="00D2151A" w:rsidRPr="00CC7422" w:rsidRDefault="00D2151A" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC7422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r w:rsidR="002E50D0" w:rsidRPr="00CC7422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3165" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C2FD72C" w14:textId="77777777" w:rsidR="00D2151A" w:rsidRPr="00CC7422" w:rsidRDefault="00D2151A" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="625E8EFF" w14:textId="64F73520" w:rsidR="00D2151A" w:rsidRPr="00CC7422" w:rsidRDefault="009266AC" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC7422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>MPGI</w:t>
+            </w:r>
+            <w:r w:rsidR="00D2151A" w:rsidRPr="00CC7422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="002E50D0" w:rsidRPr="00CC7422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60A0A892" w14:textId="60B847A6" w:rsidR="00D2151A" w:rsidRPr="00CC7422" w:rsidRDefault="00D2151A" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC7422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>JLP(R)S - 154</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E6FE460" w14:textId="77777777" w:rsidR="00D2151A" w:rsidRPr="00CC7422" w:rsidRDefault="00D2151A" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D2151A" w:rsidRPr="00AF5198" w14:paraId="04D93C41" w14:textId="77777777" w:rsidTr="00B5353F">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="7" w:type="dxa"/>
+          <w:trHeight w:val="909"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5872FD54" w14:textId="77777777" w:rsidR="00D2151A" w:rsidRPr="00AF5198" w:rsidRDefault="00D2151A" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>2.2.4. Aktivacija neiskorištenih nekretnina osnivanjem prava služnosti</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E6D6E7C" w14:textId="77777777" w:rsidR="00D2151A" w:rsidRPr="00AF5198" w:rsidRDefault="00D2151A" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Ukupan broj sklopljenih ugovora o osnivanju prava služnosti (sa naknadom i bez naknade)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57346542" w14:textId="77777777" w:rsidR="00D2151A" w:rsidRPr="00AF5198" w:rsidRDefault="00D2151A" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="101D897E" w14:textId="77777777" w:rsidR="00D2151A" w:rsidRPr="00AF5198" w:rsidRDefault="00D2151A" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>224</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3165" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58306B8E" w14:textId="77777777" w:rsidR="00D2151A" w:rsidRPr="00AF5198" w:rsidRDefault="00D2151A" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="549B1D0C" w14:textId="1D589BC5" w:rsidR="00D2151A" w:rsidRPr="00AF5198" w:rsidRDefault="009266AC" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PGI</w:t>
+            </w:r>
+            <w:r w:rsidR="00D2151A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="00D2151A" w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DB635DE" w14:textId="29F27FC7" w:rsidR="00D2151A" w:rsidRPr="00AF5198" w:rsidRDefault="00D2151A" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>JLP(R)S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>223</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="323D5DB1" w14:textId="77777777" w:rsidR="00D2151A" w:rsidRPr="00AF5198" w:rsidRDefault="00D2151A" w:rsidP="00CC2C5A">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002F7925" w:rsidRPr="00AF5198" w14:paraId="61E591DE" w14:textId="77777777" w:rsidTr="008B1096">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="7" w:type="dxa"/>
+          <w:trHeight w:val="846"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CE93DD7" w14:textId="77777777" w:rsidR="002F7925" w:rsidRPr="00AF5198" w:rsidRDefault="002F7925" w:rsidP="002F7925">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>2.2.5. Aktivacija neiskorištenih nekretnina osnivanjem prava građenja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AF62BBC" w14:textId="77777777" w:rsidR="002F7925" w:rsidRPr="00AF5198" w:rsidRDefault="002F7925" w:rsidP="002F7925">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Ukupan broj sklopljenih ugovora o osnivanju prava građenja (sa naknadom i bez naknade)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10F8A1D8" w14:textId="77777777" w:rsidR="002F7925" w:rsidRPr="00AF5198" w:rsidRDefault="002F7925" w:rsidP="002F7925">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D658714" w14:textId="77777777" w:rsidR="002F7925" w:rsidRPr="00AF5198" w:rsidRDefault="002F7925" w:rsidP="002F7925">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3165" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AFBD92B" w14:textId="574F0601" w:rsidR="002F7925" w:rsidRPr="00AF5198" w:rsidRDefault="009266AC" w:rsidP="002F7925">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PGI</w:t>
+            </w:r>
+            <w:r w:rsidR="002F7925">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r w:rsidR="002F7925" w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AC7045D" w14:textId="1279FF8E" w:rsidR="002F7925" w:rsidRPr="00AF5198" w:rsidRDefault="002F7925" w:rsidP="002F7925">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>JLP(R)S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B5353F" w:rsidRPr="00AF5198" w14:paraId="3DEAB15A" w14:textId="77777777" w:rsidTr="008B1096">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="7" w:type="dxa"/>
+          <w:trHeight w:val="975"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C1AE647" w14:textId="617909E4" w:rsidR="00B5353F" w:rsidRPr="00AF5198" w:rsidRDefault="00B5353F" w:rsidP="000C18F2">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>2.2.6. Aktivacija neiskorištenih nekretnina sklapanjem ugovora o zakupu/najmu nekretnina</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F011DB0" w14:textId="79FEBD12" w:rsidR="00B5353F" w:rsidRPr="00AF5198" w:rsidRDefault="00B5353F" w:rsidP="000C18F2">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Broj objavljenih javnih poziva</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48DCD85B" w14:textId="3CA85C44" w:rsidR="00B5353F" w:rsidRPr="00AF5198" w:rsidRDefault="00B5353F" w:rsidP="000C18F2">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B64F8B8" w14:textId="21E878F1" w:rsidR="00B5353F" w:rsidRPr="00AF5198" w:rsidRDefault="00B5353F" w:rsidP="000C18F2">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3165" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E748007" w14:textId="77777777" w:rsidR="00B5353F" w:rsidRPr="00AF5198" w:rsidRDefault="00B5353F" w:rsidP="000C18F2">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>JLP(R)S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="483FAE6F" w14:textId="06607B84" w:rsidR="00B5353F" w:rsidRPr="00AF5198" w:rsidRDefault="00B5353F" w:rsidP="000C18F2">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>DN d.o.o.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B5353F" w:rsidRPr="00AF5198" w14:paraId="35CEC8DA" w14:textId="77777777" w:rsidTr="008B1096">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="7" w:type="dxa"/>
+          <w:trHeight w:val="975"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="1E9E2931" w14:textId="77777777" w:rsidR="00B5353F" w:rsidRPr="00AF5198" w:rsidRDefault="00B5353F" w:rsidP="000C18F2">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="349EF42C" w14:textId="22A69B3C" w:rsidR="00B5353F" w:rsidRPr="00AF5198" w:rsidRDefault="00B5353F" w:rsidP="000C18F2">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Broj sklopljenih ugovora o zakupu/najmu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="510A1EBD" w14:textId="6C9E1ADF" w:rsidR="00B5353F" w:rsidRPr="00AF5198" w:rsidRDefault="00B5353F" w:rsidP="000C18F2">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>464</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C4A21F0" w14:textId="0879C132" w:rsidR="00B5353F" w:rsidRPr="00AF5198" w:rsidRDefault="00B5353F" w:rsidP="000C18F2">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>695</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3165" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41F54918" w14:textId="77777777" w:rsidR="00B5353F" w:rsidRPr="00AF5198" w:rsidRDefault="00B5353F" w:rsidP="000C18F2">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>JLP(R)S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A0204D1" w14:textId="77777777" w:rsidR="00B5353F" w:rsidRPr="00AF5198" w:rsidRDefault="00B5353F" w:rsidP="000C18F2">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PGI - </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1304AF89" w14:textId="3A7FC3BB" w:rsidR="00B5353F" w:rsidRPr="00AF5198" w:rsidRDefault="00B5353F" w:rsidP="000C18F2">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>DN d.o.o.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B5353F" w14:paraId="4C271268" w14:textId="77777777" w:rsidTr="00EA549E">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="7" w:type="dxa"/>
+          <w:trHeight w:val="552"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1111A3DE" w14:textId="77777777" w:rsidR="00B5353F" w:rsidRPr="00AF5198" w:rsidRDefault="00B5353F" w:rsidP="00EA549E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>AKTIVNOSTI/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CC837D0" w14:textId="77777777" w:rsidR="00B5353F" w:rsidRPr="00AF5198" w:rsidRDefault="00B5353F" w:rsidP="00EA549E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>NAČIN OSTVARENJA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5812214B" w14:textId="77777777" w:rsidR="00B5353F" w:rsidRPr="00AF5198" w:rsidRDefault="00B5353F" w:rsidP="00EA549E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F7925">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>POKAZATELJI REZULTATA ZA AKTIVNOSTI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A942877" w14:textId="09005E67" w:rsidR="00B5353F" w:rsidRPr="00AF5198" w:rsidRDefault="00B5353F" w:rsidP="00EA549E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F7925">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>POČETNA VRIJEDNOST (2024.)</w:t>
+            </w:r>
+            <w:r w:rsidR="005E1B6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5045" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30E13E7D" w14:textId="77777777" w:rsidR="00B5353F" w:rsidRDefault="00B5353F" w:rsidP="00EA549E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PROVEDBA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B5353F" w14:paraId="4E781F45" w14:textId="77777777" w:rsidTr="00EA549E">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="7" w:type="dxa"/>
+          <w:trHeight w:val="698"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11FA072F" w14:textId="77777777" w:rsidR="00B5353F" w:rsidRPr="00AF5198" w:rsidRDefault="00B5353F" w:rsidP="00EA549E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FF26307" w14:textId="77777777" w:rsidR="00B5353F" w:rsidRPr="00AF5198" w:rsidRDefault="00B5353F" w:rsidP="00EA549E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50CDCBEC" w14:textId="77777777" w:rsidR="00B5353F" w:rsidRPr="00AF5198" w:rsidRDefault="00B5353F" w:rsidP="00EA549E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02150869" w14:textId="77777777" w:rsidR="00B5353F" w:rsidRPr="00AF5198" w:rsidRDefault="00B5353F" w:rsidP="00EA549E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>CILJANA VRIJEDNOST (2026.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3165" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BF0584B" w14:textId="77777777" w:rsidR="00B5353F" w:rsidRDefault="00B5353F" w:rsidP="00EA549E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>NOSITELJ PROVEDBE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002F7925" w:rsidRPr="00AF5198" w14:paraId="2BD8C223" w14:textId="77777777" w:rsidTr="008B1096">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="7" w:type="dxa"/>
+          <w:trHeight w:val="566"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CFEDCE4" w14:textId="77777777" w:rsidR="002F7925" w:rsidRPr="00AF5198" w:rsidRDefault="002F7925" w:rsidP="002F7925">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>2.2.7. Sklapanje ugovora o zamjeni nekretnina</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="286CD64B" w14:textId="77777777" w:rsidR="002F7925" w:rsidRPr="00AF5198" w:rsidRDefault="002F7925" w:rsidP="002F7925">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Broj sklopljenih ugovora o zamjeni nekretnina</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7265CF50" w14:textId="77777777" w:rsidR="002F7925" w:rsidRPr="00AF5198" w:rsidRDefault="002F7925" w:rsidP="002F7925">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46CF289F" w14:textId="77777777" w:rsidR="002F7925" w:rsidRPr="00AF5198" w:rsidRDefault="002F7925" w:rsidP="002F7925">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3165" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14563FA5" w14:textId="6968E4FB" w:rsidR="002F7925" w:rsidRPr="00AF5198" w:rsidRDefault="009266AC" w:rsidP="002F7925">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PGI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002F7925" w:rsidRPr="00AF5198" w14:paraId="4A7B6277" w14:textId="77777777" w:rsidTr="008B1096">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="7" w:type="dxa"/>
+          <w:trHeight w:val="565"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="359C92C8" w14:textId="77777777" w:rsidR="002F7925" w:rsidRPr="00AF5198" w:rsidRDefault="002F7925" w:rsidP="002F7925">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>2.2.8. Aktivacija neiskorištenih nekretnina sklapanjem ugovora o zakupu nekretnina (kampovi)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52B7C2DE" w14:textId="77777777" w:rsidR="002F7925" w:rsidRPr="00AF5198" w:rsidRDefault="002F7925" w:rsidP="002F7925">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Broj sklopljenih ugovora o zakupu nekretnina (kampovi)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EBBB209" w14:textId="77777777" w:rsidR="002F7925" w:rsidRPr="00AF5198" w:rsidRDefault="002F7925" w:rsidP="002F7925">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31A9F8FC" w14:textId="77777777" w:rsidR="002F7925" w:rsidRPr="00AF5198" w:rsidRDefault="002F7925" w:rsidP="002F7925">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3165" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60C19CCF" w14:textId="4CC9D3AD" w:rsidR="002F7925" w:rsidRPr="00AF5198" w:rsidRDefault="009266AC" w:rsidP="002F7925">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PGI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002F7925" w:rsidRPr="00AF5198" w14:paraId="1D1313BC" w14:textId="77777777" w:rsidTr="008B1096">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="7" w:type="dxa"/>
+          <w:trHeight w:val="840"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="629A961C" w14:textId="77777777" w:rsidR="002F7925" w:rsidRPr="00AF5198" w:rsidRDefault="002F7925" w:rsidP="002F7925">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>2.2.9. Aktivacija neiskorištenih nekretnina sklapanjem sporazuma o prijenosu prava upravljanja nekretninama sa MPGI na druga državna tijela</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76797A3D" w14:textId="77777777" w:rsidR="009266AC" w:rsidRDefault="009266AC" w:rsidP="002F7925">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5F7DA37C" w14:textId="2667C83C" w:rsidR="002F7925" w:rsidRPr="00AF5198" w:rsidRDefault="002F7925" w:rsidP="002F7925">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Broj sklopljenih sporazuma o prijenosu prava upravljanja nekretninama</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71F5BACA" w14:textId="77777777" w:rsidR="002F7925" w:rsidRPr="00AF5198" w:rsidRDefault="002F7925" w:rsidP="002F7925">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B0BC30D" w14:textId="77777777" w:rsidR="002F7925" w:rsidRPr="00AF5198" w:rsidRDefault="002F7925" w:rsidP="002F7925">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3165" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D46CAAD" w14:textId="72544855" w:rsidR="002F7925" w:rsidRPr="00AF5198" w:rsidRDefault="009266AC" w:rsidP="002F7925">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PGI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002F7925" w:rsidRPr="00AF5198" w14:paraId="7E440A9E" w14:textId="77777777" w:rsidTr="008B1096">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="7" w:type="dxa"/>
+          <w:trHeight w:val="482"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FE8E125" w14:textId="77777777" w:rsidR="002F7925" w:rsidRPr="00AF5198" w:rsidRDefault="002F7925" w:rsidP="002F7925">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>2.2.10. Smanjenje portfelja izdavanjem tabularnih isprava sukladno čl. 61 Zakona</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49105923" w14:textId="77777777" w:rsidR="009266AC" w:rsidRDefault="009266AC" w:rsidP="002F7925">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="24123E15" w14:textId="7C2C42EC" w:rsidR="002F7925" w:rsidRPr="00AF5198" w:rsidRDefault="002F7925" w:rsidP="002F7925">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Broj izdanih tabularnih isprava</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AE465FF" w14:textId="77777777" w:rsidR="002F7925" w:rsidRPr="00AF5198" w:rsidRDefault="002F7925" w:rsidP="002F7925">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5729D495" w14:textId="1466B513" w:rsidR="002F7925" w:rsidRPr="00AF5198" w:rsidRDefault="007D7B58" w:rsidP="002F7925">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3165" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7ACD3629" w14:textId="744452E0" w:rsidR="002F7925" w:rsidRPr="00AF5198" w:rsidRDefault="009266AC" w:rsidP="002F7925">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PGI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D852E4" w:rsidRPr="00AF5198" w14:paraId="50A39520" w14:textId="77777777" w:rsidTr="008B1096">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="7" w:type="dxa"/>
+          <w:trHeight w:val="1272"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="1358408B" w14:textId="77777777" w:rsidR="00D852E4" w:rsidRPr="00AF5198" w:rsidRDefault="00D852E4" w:rsidP="00D852E4">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>2.2.11. Uređenje imovinsko-pravnih odnosa na neprocijenjenom građevinskom zemljištu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BB0D2C3" w14:textId="77777777" w:rsidR="00D852E4" w:rsidRPr="00AF5198" w:rsidRDefault="00D852E4" w:rsidP="00D852E4">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Broj donesenih rješenja o utvrđenju prava vlasništva na turističkom zemljištu na kojemu su izgrađeni hoteli i turistička naselja, kampovima i ostalom neprocijenjenom građevinskom zemljištu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09925A82" w14:textId="77777777" w:rsidR="00D852E4" w:rsidRPr="00AF5198" w:rsidRDefault="00D852E4" w:rsidP="00D852E4">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EA6F4A2" w14:textId="77777777" w:rsidR="00D852E4" w:rsidRPr="00AF5198" w:rsidRDefault="00D852E4" w:rsidP="00D852E4">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3165" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7603C8A9" w14:textId="6A76F613" w:rsidR="00D852E4" w:rsidRPr="00AF5198" w:rsidRDefault="00263845" w:rsidP="00D852E4">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PGI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D852E4" w:rsidRPr="00AF5198" w14:paraId="23B038F7" w14:textId="77777777" w:rsidTr="008B1096">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="7" w:type="dxa"/>
+          <w:trHeight w:val="978"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2E9CD5AD" w14:textId="77777777" w:rsidR="00D852E4" w:rsidRPr="00AF5198" w:rsidRDefault="00D852E4" w:rsidP="00D852E4">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51BE1AA6" w14:textId="77777777" w:rsidR="00D852E4" w:rsidRPr="00AF5198" w:rsidRDefault="00D852E4" w:rsidP="00D852E4">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Broj donesenih rješenja kojima se zahtjev za donošenje rješenja o utvrđenju prava vlasništva odbacuje, odbija ili se postupak obustavlja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0511331E" w14:textId="77777777" w:rsidR="00D852E4" w:rsidRPr="00AF5198" w:rsidRDefault="00D852E4" w:rsidP="00D852E4">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FE2AD15" w14:textId="77777777" w:rsidR="00D852E4" w:rsidRPr="00AF5198" w:rsidRDefault="00D852E4" w:rsidP="00D852E4">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3165" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3616FEC2" w14:textId="3F6F9415" w:rsidR="00D852E4" w:rsidRPr="00AF5198" w:rsidRDefault="00263845" w:rsidP="00D852E4">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PGI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D852E4" w:rsidRPr="00AF5198" w14:paraId="4B6C39CD" w14:textId="77777777" w:rsidTr="008B1096">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="7" w:type="dxa"/>
+          <w:trHeight w:val="695"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A862157" w14:textId="77777777" w:rsidR="00D852E4" w:rsidRPr="00AF5198" w:rsidRDefault="00D852E4" w:rsidP="00D852E4">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>2.2.12. Pripremne radnje u svrhu utvrđenja mogućnosti za raspolaganje imovinom pod posebnim načinom upravljanja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46B9D6A1" w14:textId="77777777" w:rsidR="00D852E4" w:rsidRPr="00AF5198" w:rsidRDefault="00D852E4" w:rsidP="00D852E4">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Broj nekretnina u pripremi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="626BB807" w14:textId="77777777" w:rsidR="00D852E4" w:rsidRPr="00AF5198" w:rsidRDefault="00D852E4" w:rsidP="00D852E4">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="597FC0B4" w14:textId="77777777" w:rsidR="00D852E4" w:rsidRPr="00AF5198" w:rsidRDefault="00D852E4" w:rsidP="00D852E4">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3165" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1510A344" w14:textId="6C960E05" w:rsidR="00D852E4" w:rsidRPr="00AF5198" w:rsidRDefault="00263845" w:rsidP="00D852E4">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PGI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D852E4" w:rsidRPr="00AF5198" w14:paraId="2B272E3A" w14:textId="77777777" w:rsidTr="008B1096">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="7" w:type="dxa"/>
+          <w:trHeight w:val="563"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11F23F26" w14:textId="77777777" w:rsidR="00D852E4" w:rsidRPr="00AF5198" w:rsidRDefault="00D852E4" w:rsidP="00D852E4">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>2.2.13. Investicijsko i tekuće ulaganje</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="156D47D5" w14:textId="77777777" w:rsidR="00D852E4" w:rsidRPr="00AF5198" w:rsidRDefault="00D852E4" w:rsidP="00D852E4">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Broj nekretnina koje su predmet ulaganja (investicijsko i tekuće ulaganje)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C69849B" w14:textId="77777777" w:rsidR="00D852E4" w:rsidRPr="00AF5198" w:rsidRDefault="00D852E4" w:rsidP="00D852E4">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>201</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1710FA10" w14:textId="77777777" w:rsidR="00D852E4" w:rsidRPr="00AF5198" w:rsidRDefault="00D852E4" w:rsidP="00D852E4">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3165" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="015603CB" w14:textId="1DB05A4F" w:rsidR="00D852E4" w:rsidRPr="00AF5198" w:rsidRDefault="00D852E4" w:rsidP="00D852E4">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>DN d.o.o</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB5CC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0091667D" w14:paraId="5CDF2D8C" w14:textId="77777777" w:rsidTr="00EA549E">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="7" w:type="dxa"/>
+          <w:trHeight w:val="552"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F4D0F08" w14:textId="77777777" w:rsidR="0091667D" w:rsidRPr="00AF5198" w:rsidRDefault="0091667D" w:rsidP="00EA549E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>AKTIVNOSTI/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A468D89" w14:textId="77777777" w:rsidR="0091667D" w:rsidRPr="00AF5198" w:rsidRDefault="0091667D" w:rsidP="00EA549E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>NAČIN OSTVARENJA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FB087BA" w14:textId="77777777" w:rsidR="0091667D" w:rsidRPr="00AF5198" w:rsidRDefault="0091667D" w:rsidP="00EA549E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F7925">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>POKAZATELJI REZULTATA ZA AKTIVNOSTI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4253C4EF" w14:textId="12B6C716" w:rsidR="0091667D" w:rsidRPr="00AF5198" w:rsidRDefault="0091667D" w:rsidP="00EA549E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F7925">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>POČETNA VRIJEDNOST (2024.)</w:t>
+            </w:r>
+            <w:r w:rsidR="005E1B6D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5045" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22B6E0EA" w14:textId="77777777" w:rsidR="0091667D" w:rsidRDefault="0091667D" w:rsidP="00EA549E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PROVEDBA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0091667D" w14:paraId="031B8B32" w14:textId="77777777" w:rsidTr="00EA549E">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="7" w:type="dxa"/>
+          <w:trHeight w:val="698"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78E34B11" w14:textId="77777777" w:rsidR="0091667D" w:rsidRPr="00AF5198" w:rsidRDefault="0091667D" w:rsidP="00EA549E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42C3CB01" w14:textId="77777777" w:rsidR="0091667D" w:rsidRPr="00AF5198" w:rsidRDefault="0091667D" w:rsidP="00EA549E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C4FBAB4" w14:textId="77777777" w:rsidR="0091667D" w:rsidRPr="00AF5198" w:rsidRDefault="0091667D" w:rsidP="00EA549E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49BA8752" w14:textId="77777777" w:rsidR="0091667D" w:rsidRPr="00AF5198" w:rsidRDefault="0091667D" w:rsidP="00EA549E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>CILJANA VRIJEDNOST (2026.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3165" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13E63F6A" w14:textId="77777777" w:rsidR="0091667D" w:rsidRDefault="0091667D" w:rsidP="00EA549E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>NOSITELJ PROVEDBE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D852E4" w:rsidRPr="00AF5198" w14:paraId="439D45E7" w14:textId="77777777" w:rsidTr="001B37DA">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="7" w:type="dxa"/>
+          <w:trHeight w:val="982"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3539" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="192521D1" w14:textId="71CF2148" w:rsidR="00D852E4" w:rsidRPr="00AF5198" w:rsidRDefault="00D852E4" w:rsidP="00D852E4">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2.2.14. Aktivacija neiskorištenih nekretnina provedbom programa </w:t>
+            </w:r>
+            <w:r w:rsidR="006779F6" w:rsidRPr="006779F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>provedbom programa priuštivog stanovanja i programa Statileo'</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="408F11FD" w14:textId="7C38AF58" w:rsidR="00D852E4" w:rsidRPr="00AF5198" w:rsidRDefault="00BE4457" w:rsidP="00D852E4">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE4457">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Broj nekretnina uključenih u provedbu programa priuštivog stanovanja i programa Statileo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BB1E031" w14:textId="77777777" w:rsidR="00D852E4" w:rsidRPr="00AF5198" w:rsidRDefault="00D852E4" w:rsidP="00D852E4">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>n/p</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01F28402" w14:textId="77777777" w:rsidR="00D852E4" w:rsidRPr="00AF5198" w:rsidRDefault="00D852E4" w:rsidP="00D852E4">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3165" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FBEE9C9" w14:textId="04ADCDEC" w:rsidR="00D852E4" w:rsidRPr="00AF5198" w:rsidRDefault="00D852E4" w:rsidP="00D852E4">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>DN d.o.o.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0F2475B5" w14:textId="2E9908E7" w:rsidR="00343EC4" w:rsidRDefault="00343EC4" w:rsidP="004D1306">
+      <w:pPr>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF5198" w:rsidRPr="00AF5198">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Napomen</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC7422">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF5198" w:rsidRPr="00AF5198">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="005E1B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF5198" w:rsidRPr="00AF5198">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Početnu vrijednost pokazatelja rezultata predstavlja ostvarena vrijednost na dan 31. prosinca 2024., a ciljanu vrijednost predstavlja planirana vrijednost </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DF7C072" w14:textId="575C8067" w:rsidR="004D1306" w:rsidRDefault="00343EC4" w:rsidP="004D1306">
+      <w:pPr>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF5198" w:rsidRPr="00AF5198">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">na dan </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF5198" w:rsidRPr="00AF5198">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>31. prosinca 2026.</w:t>
+      </w:r>
+      <w:r w:rsidR="0058606C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="005E1B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>**</w:t>
+      </w:r>
+      <w:r w:rsidR="0058606C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aktivnost </w:t>
+      </w:r>
+      <w:r w:rsidR="0058606C" w:rsidRPr="00CC7422">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>2.2.3. Smanjenje portfelja darovanjem nekretnina</w:t>
+      </w:r>
+      <w:r w:rsidR="0058606C" w:rsidRPr="00F86D95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A4715">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">je potrebno sagledati u poveznici sa </w:t>
+      </w:r>
+      <w:r w:rsidR="001A4715" w:rsidRPr="00493A58">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.3.1. Provedba aktivnosti kojima se </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75F8F596" w14:textId="76033320" w:rsidR="00A54D7B" w:rsidRDefault="004D1306" w:rsidP="004D1306">
+      <w:pPr>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      po</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4715" w:rsidRPr="00493A58">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>tiče gospodarski napredak, socijalna dobrobit građana i ujednačavanje gospodarskog i demografskog razvitka svih krajeva R</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4715">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">epublike </w:t>
+      </w:r>
+      <w:r w:rsidR="001A4715" w:rsidRPr="00493A58">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>H</w:t>
+      </w:r>
+      <w:r w:rsidR="001A4715">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>rvatske</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD3EE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>na stranicama 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00A54D7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00B47C61">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i </w:t>
+      </w:r>
+      <w:r w:rsidR="00A54D7B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">21 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27CE5780" w14:textId="23C3658A" w:rsidR="007A5934" w:rsidRDefault="00A54D7B" w:rsidP="004D1306">
+      <w:pPr>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      ovog dokumenta </w:t>
+      </w:r>
+      <w:r w:rsidR="004D1306">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">u okviru koje se </w:t>
+      </w:r>
+      <w:r w:rsidR="003942B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>kro</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">z </w:t>
+      </w:r>
+      <w:r w:rsidR="004D1306">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pokazatelje rezultata prikazuje </w:t>
+      </w:r>
+      <w:r w:rsidR="0058606C" w:rsidRPr="00F86D95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">analitika ugovora </w:t>
+      </w:r>
+      <w:r w:rsidR="004D1306">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">o darovanju nekretnina </w:t>
+      </w:r>
+      <w:r w:rsidR="0058606C" w:rsidRPr="00F86D95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>po svrsi strateških ciljeva i javnih politika i progra</w:t>
+      </w:r>
+      <w:r w:rsidR="007A5934">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D29103E" w14:textId="71CC4325" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="007A5934" w:rsidP="004D1306">
+      <w:pPr>
+        <w:widowControl/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="0058606C" w:rsidRPr="00F86D95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ma koje donose daljnji rast, </w:t>
+      </w:r>
+      <w:r w:rsidR="004D1306">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>razvoj i</w:t>
+      </w:r>
+      <w:r w:rsidR="003942B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> stabilnos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">t </w:t>
+      </w:r>
+      <w:r w:rsidR="0058606C" w:rsidRPr="00F86D95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gospodarstva. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DA3A766" w14:textId="77777777" w:rsidR="00444FFF" w:rsidRDefault="00444FFF" w:rsidP="00AF5198">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16D2BF7C" w14:textId="77777777" w:rsidR="00457BDD" w:rsidRDefault="00457BDD" w:rsidP="00AF5198">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="206F0569" w14:textId="77777777" w:rsidR="00457BDD" w:rsidRDefault="00457BDD" w:rsidP="00AF5198">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="586CA74D" w14:textId="77777777" w:rsidR="00457BDD" w:rsidRDefault="00457BDD" w:rsidP="00AF5198">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F17B5F3" w14:textId="77777777" w:rsidR="00457BDD" w:rsidRDefault="00457BDD" w:rsidP="00AF5198">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72B47167" w14:textId="77777777" w:rsidR="00457BDD" w:rsidRDefault="00457BDD" w:rsidP="00AF5198">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4085EEAF" w14:textId="77777777" w:rsidR="00457BDD" w:rsidRDefault="00457BDD" w:rsidP="00AF5198">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E3E38DD" w14:textId="77777777" w:rsidR="00457BDD" w:rsidRDefault="00457BDD" w:rsidP="00AF5198">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="058CD8DE" w14:textId="77777777" w:rsidR="00457BDD" w:rsidRDefault="00457BDD" w:rsidP="00AF5198">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CB94C43" w14:textId="77777777" w:rsidR="00457BDD" w:rsidRDefault="00457BDD" w:rsidP="00AF5198">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17C3917C" w14:textId="77777777" w:rsidR="00EA4EFE" w:rsidRDefault="00EA4EFE" w:rsidP="00AF5198">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C1E0485" w14:textId="77777777" w:rsidR="00924C74" w:rsidRPr="00AF5198" w:rsidRDefault="00924C74" w:rsidP="00AF5198">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Reetkatablice2"/>
+        <w:tblW w:w="13466" w:type="dxa"/>
+        <w:tblInd w:w="279" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3532"/>
+        <w:gridCol w:w="2988"/>
+        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="3260"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008B18D8" w:rsidRPr="00AF5198" w14:paraId="0CDFC23B" w14:textId="77777777" w:rsidTr="008B18D8">
+        <w:trPr>
+          <w:trHeight w:val="924"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13466" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26CEB21E" w14:textId="77777777" w:rsidR="008B18D8" w:rsidRPr="00E36AA2" w:rsidRDefault="008B18D8" w:rsidP="008B18D8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E36AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>STRATEŠKI CILJ 2: Učinkovito upravljanje nekretninama koje nisu od strateškog značaja za Republiku Hrvatsku</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6400C704" w14:textId="6293F04E" w:rsidR="008B18D8" w:rsidRPr="00AF5198" w:rsidRDefault="008B18D8" w:rsidP="008B18D8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E36AA2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>MJERA: 2.3. Jačanje doprinosa upravljanja nekretninama ostvarenju strateških ciljeva i javnih politika i programa koje donose daljnji rast, razvoj i stabilnost gospodarstva</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008B18D8" w:rsidRPr="00AF5198" w14:paraId="3958B8C6" w14:textId="77777777" w:rsidTr="008B18D8">
+        <w:trPr>
+          <w:trHeight w:val="924"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3532" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21027C12" w14:textId="77777777" w:rsidR="008B18D8" w:rsidRPr="00AF5198" w:rsidRDefault="008B18D8" w:rsidP="008B18D8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>AKTIVNOSTI/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AF33893" w14:textId="775E71B6" w:rsidR="008B18D8" w:rsidRPr="00AF5198" w:rsidRDefault="008B18D8" w:rsidP="008B18D8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>NAČIN OSTVARENJA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="68406F44" w14:textId="7474ABE4" w:rsidR="008B18D8" w:rsidRPr="00AF5198" w:rsidRDefault="008B18D8" w:rsidP="008B18D8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>POKAZATELJI REZULTATA ZA AKTIVNOSTI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0AF97F1D" w14:textId="77777777" w:rsidR="008B18D8" w:rsidRPr="00AF5198" w:rsidRDefault="008B18D8" w:rsidP="008B18D8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D16BD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>POČETNA VRIJEDNOST (2024.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="208E353B" w14:textId="77777777" w:rsidR="008B18D8" w:rsidRPr="00AF5198" w:rsidRDefault="008B18D8" w:rsidP="008B18D8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>CILJANA VRIJEDNOST (2026.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0A9CED08" w14:textId="7B7817C0" w:rsidR="008B18D8" w:rsidRPr="00AF5198" w:rsidRDefault="008B18D8" w:rsidP="008B18D8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>NOSITELJ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="413E0228" w14:textId="2A4190D8" w:rsidR="008B18D8" w:rsidRPr="00AF5198" w:rsidRDefault="008B18D8" w:rsidP="008B18D8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PROVEDBE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F05D4A" w:rsidRPr="00AF5198" w14:paraId="20930F4B" w14:textId="77777777" w:rsidTr="008B18D8">
+        <w:trPr>
+          <w:trHeight w:val="823"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3532" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="65DD467B" w14:textId="52CA504B" w:rsidR="00F05D4A" w:rsidRPr="00AF5198" w:rsidRDefault="00F05D4A" w:rsidP="008B18D8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00493A58">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>2.3.1. Provedba aktivnosti kojima se potiče gospodarski napredak, socijalna dobrobit građana i ujednačavanje gospodarskog i demografskog razvitka svih krajeva R</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">epublike </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00493A58">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>H</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>rvatske</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2988" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="356542A6" w14:textId="35304E5A" w:rsidR="00F05D4A" w:rsidRPr="00D16BD9" w:rsidRDefault="00F05D4A" w:rsidP="008B18D8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D16BD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Broj ugovora kojima se pridonosi ostvarenju projekata poduzetničke infrastrukture </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08BAA011" w14:textId="29D7020C" w:rsidR="00F05D4A" w:rsidRPr="00D16BD9" w:rsidRDefault="00F05D4A" w:rsidP="008B18D8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D16BD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A9B63C5" w14:textId="1E864128" w:rsidR="00F05D4A" w:rsidRPr="00D16BD9" w:rsidRDefault="00F05D4A" w:rsidP="008B18D8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D16BD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="27BEF9FF" w14:textId="09067FB0" w:rsidR="00F05D4A" w:rsidRPr="00D16BD9" w:rsidRDefault="00F05D4A" w:rsidP="008B18D8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D16BD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>MPGI – 3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4107C243" w14:textId="191636E5" w:rsidR="00F05D4A" w:rsidRPr="00D16BD9" w:rsidRDefault="00F05D4A" w:rsidP="008B18D8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D16BD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>JLP(R)S - 22</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="364F743A" w14:textId="089A6459" w:rsidR="00F05D4A" w:rsidRPr="00D16BD9" w:rsidRDefault="00F05D4A" w:rsidP="008B18D8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F05D4A" w:rsidRPr="00AF5198" w14:paraId="09951376" w14:textId="77777777" w:rsidTr="008B18D8">
+        <w:trPr>
+          <w:trHeight w:val="979"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3532" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5F4A2441" w14:textId="77777777" w:rsidR="00F05D4A" w:rsidRPr="00AF5198" w:rsidRDefault="00F05D4A" w:rsidP="008B18D8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2988" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56E2036E" w14:textId="541C5DDF" w:rsidR="00F05D4A" w:rsidRPr="00AF5198" w:rsidRDefault="00F05D4A" w:rsidP="008B18D8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Broj ugovora o provođenju projekata i planova zaštite prirode (očuvanje/obnove bioraznolikosti, poučavanje o zaštiti, istraživanje zaštićenih područja i sl.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37AA7771" w14:textId="563D6077" w:rsidR="00F05D4A" w:rsidRPr="00B83C11" w:rsidRDefault="00F05D4A" w:rsidP="008B18D8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B83C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21B4F3C8" w14:textId="53D2CC27" w:rsidR="00F05D4A" w:rsidRPr="00AF5198" w:rsidRDefault="00F05D4A" w:rsidP="008B18D8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CB643AF" w14:textId="77777777" w:rsidR="00F05D4A" w:rsidRDefault="00F05D4A" w:rsidP="008B18D8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5F251495" w14:textId="6EA9372A" w:rsidR="00F05D4A" w:rsidRDefault="00F05D4A" w:rsidP="008B18D8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PGI – 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2002D5F3" w14:textId="5A92E80E" w:rsidR="00F05D4A" w:rsidRDefault="00F05D4A" w:rsidP="007E120E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>JLP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>R</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B29DCA7" w14:textId="77777777" w:rsidR="00F05D4A" w:rsidRDefault="00F05D4A" w:rsidP="008B18D8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="35F90F4E" w14:textId="02454DFA" w:rsidR="00F05D4A" w:rsidRPr="00AF5198" w:rsidRDefault="00F05D4A" w:rsidP="008B18D8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F05D4A" w:rsidRPr="00AF5198" w14:paraId="0C230418" w14:textId="77777777" w:rsidTr="00BA622D">
+        <w:trPr>
+          <w:trHeight w:val="1842"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3532" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0D77DF02" w14:textId="77777777" w:rsidR="00F05D4A" w:rsidRPr="00AF5198" w:rsidRDefault="00F05D4A" w:rsidP="008B18D8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2988" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BE1CE33" w14:textId="0A417D7D" w:rsidR="00F05D4A" w:rsidRPr="00AF5198" w:rsidRDefault="00F05D4A" w:rsidP="008B18D8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Broj ugovora o ostvarenju projekata koji su od općeg javnog, socijalnog ili kulturnog interesa (npr. izgradnje škola, dječjih vrtića, bolnica, domova zdravlja, građevina socijalne skrbi, groblja, parkirališta, sportskih građevina, građevina za smještaj i zaštitu životinja, muzeja, memorijalnih centara i drugih sličnih građevina)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60B0484D" w14:textId="0CC87990" w:rsidR="00F05D4A" w:rsidRPr="00B83C11" w:rsidRDefault="00F05D4A" w:rsidP="00BA622D">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA622D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65D2A0A4" w14:textId="66875806" w:rsidR="00F05D4A" w:rsidRPr="00AF5198" w:rsidRDefault="00F05D4A" w:rsidP="008B18D8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>75</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4668CEA7" w14:textId="77777777" w:rsidR="00F05D4A" w:rsidRDefault="00F05D4A" w:rsidP="008B18D8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PGI -2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DCCC318" w14:textId="69A6B587" w:rsidR="00F05D4A" w:rsidRDefault="00F05D4A" w:rsidP="00394E9E">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>JLP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>R</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 73</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C699848" w14:textId="0788073E" w:rsidR="00F05D4A" w:rsidRPr="00AF5198" w:rsidRDefault="00F05D4A" w:rsidP="008B18D8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F05D4A" w:rsidRPr="00AF5198" w14:paraId="1DC8469E" w14:textId="77777777" w:rsidTr="008B18D8">
+        <w:trPr>
+          <w:trHeight w:val="843"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3532" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0297D015" w14:textId="77777777" w:rsidR="00F05D4A" w:rsidRPr="00AF5198" w:rsidRDefault="00F05D4A" w:rsidP="008B18D8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2988" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A945A7F" w14:textId="07988E4D" w:rsidR="00F05D4A" w:rsidRPr="00D16BD9" w:rsidRDefault="00F05D4A" w:rsidP="008B18D8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D16BD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Broj ugovora o ostvarenju projekata izgradnje poslovne i druge infrastrukture od osobitog značaja za gospodarski razvoj</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="68609E17" w14:textId="339AB21B" w:rsidR="00F05D4A" w:rsidRPr="00D16BD9" w:rsidRDefault="00EA478D" w:rsidP="008B18D8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D9DBE08" w14:textId="136B2521" w:rsidR="00F05D4A" w:rsidRPr="00D16BD9" w:rsidRDefault="00F05D4A" w:rsidP="008B18D8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D16BD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F85ABFC" w14:textId="77777777" w:rsidR="00F05D4A" w:rsidRPr="00D16BD9" w:rsidRDefault="00F05D4A" w:rsidP="008B18D8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D16BD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>MPGI -1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7623D333" w14:textId="5D11BC17" w:rsidR="00F05D4A" w:rsidRPr="00D16BD9" w:rsidRDefault="00F05D4A" w:rsidP="00A43536">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D16BD9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>JLP(R)S - 21</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07902568" w14:textId="013C9B91" w:rsidR="00F05D4A" w:rsidRPr="00D16BD9" w:rsidRDefault="00F05D4A" w:rsidP="008B18D8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F05D4A" w:rsidRPr="00AF5198" w14:paraId="03DFDAB6" w14:textId="77777777" w:rsidTr="008B18D8">
+        <w:trPr>
+          <w:trHeight w:val="833"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3532" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="1D67D147" w14:textId="77777777" w:rsidR="00F05D4A" w:rsidRPr="00AF5198" w:rsidRDefault="00F05D4A" w:rsidP="008B18D8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2988" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="564FF083" w14:textId="17B532BA" w:rsidR="00F05D4A" w:rsidRPr="00AF5198" w:rsidRDefault="00F05D4A" w:rsidP="008B18D8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Broj ugovora o provođenju programa stambenog zbrinjavanja i društveno poticane stanogradnje</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="616AC708" w14:textId="77777777" w:rsidR="00F05D4A" w:rsidRDefault="00F05D4A" w:rsidP="008B18D8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="53CAA788" w14:textId="19E42BA3" w:rsidR="00F05D4A" w:rsidRPr="00B83C11" w:rsidRDefault="00F05D4A" w:rsidP="008B18D8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B83C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="532E4521" w14:textId="77777777" w:rsidR="00F05D4A" w:rsidRDefault="00F05D4A" w:rsidP="008B18D8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2089F35C" w14:textId="656CDDA8" w:rsidR="00F05D4A" w:rsidRPr="00AF5198" w:rsidRDefault="00F05D4A" w:rsidP="008B18D8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BCD775E" w14:textId="77777777" w:rsidR="00F05D4A" w:rsidRDefault="00F05D4A" w:rsidP="008B18D8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="04A12BDD" w14:textId="77777777" w:rsidR="00F05D4A" w:rsidRDefault="00F05D4A" w:rsidP="008B18D8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PGI -2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="361C79AE" w14:textId="158EEFCF" w:rsidR="00F05D4A" w:rsidRDefault="00F05D4A" w:rsidP="00DE1032">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>JLP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>R</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6749D9ED" w14:textId="591F3872" w:rsidR="00F05D4A" w:rsidRPr="00AF5198" w:rsidRDefault="00F05D4A" w:rsidP="008B18D8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F05D4A" w:rsidRPr="00AF5198" w14:paraId="7E602DFA" w14:textId="77777777" w:rsidTr="008B18D8">
+        <w:trPr>
+          <w:trHeight w:val="481"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3532" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="04076EE8" w14:textId="77777777" w:rsidR="00F05D4A" w:rsidRPr="00AF5198" w:rsidRDefault="00F05D4A" w:rsidP="00F05D4A">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2988" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A480F6D" w14:textId="7D6BFA6E" w:rsidR="00F05D4A" w:rsidRPr="00AF5198" w:rsidRDefault="00F05D4A" w:rsidP="00F05D4A">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Broj ugovora o ostvarenju projekata ulaganja u skladu s posebnim zakonom</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1984B71F" w14:textId="78D933FA" w:rsidR="00F05D4A" w:rsidRPr="00B83C11" w:rsidRDefault="00EA478D" w:rsidP="00F05D4A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1371D0AB" w14:textId="0B5400FA" w:rsidR="00F05D4A" w:rsidRPr="00AF5198" w:rsidRDefault="00F05D4A" w:rsidP="00F05D4A">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="105EF0A3" w14:textId="30B62188" w:rsidR="00F05D4A" w:rsidRPr="00AF5198" w:rsidRDefault="00F05D4A" w:rsidP="00F05D4A">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F31A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>JLP(R)S</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008B18D8" w:rsidRPr="00AF5198" w14:paraId="70834911" w14:textId="77777777" w:rsidTr="008B18D8">
+        <w:trPr>
+          <w:trHeight w:val="708"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3532" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="416D6F65" w14:textId="77777777" w:rsidR="008B18D8" w:rsidRPr="00AF5198" w:rsidRDefault="008B18D8" w:rsidP="008B18D8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>AKTIVNOSTI/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7380D587" w14:textId="1E575022" w:rsidR="008B18D8" w:rsidRPr="00AF5198" w:rsidRDefault="008B18D8" w:rsidP="008B18D8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>NAČIN OSTVARENJA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="308C8252" w14:textId="69C5173F" w:rsidR="008B18D8" w:rsidRPr="00AF5198" w:rsidRDefault="008B18D8" w:rsidP="008B18D8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>POKAZATELJI REZULTATA ZA AKTIVNOSTI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19705B62" w14:textId="4919C81E" w:rsidR="008B18D8" w:rsidRPr="00B83C11" w:rsidRDefault="008B18D8" w:rsidP="008B18D8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>POČETNA VRIJEDNOST (2024.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="066E7F0B" w14:textId="7D1F06E1" w:rsidR="008B18D8" w:rsidRPr="00AF5198" w:rsidRDefault="008B18D8" w:rsidP="008B18D8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>CILJANA VRIJEDNOST (2026.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A57D9BB" w14:textId="77777777" w:rsidR="008B18D8" w:rsidRPr="00AF5198" w:rsidRDefault="008B18D8" w:rsidP="008B18D8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>NOSITELJ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="580C8490" w14:textId="0748954E" w:rsidR="008B18D8" w:rsidRPr="009F31A1" w:rsidRDefault="008B18D8" w:rsidP="008B18D8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PROVEDBE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F05D4A" w:rsidRPr="00AF5198" w14:paraId="1ECD8BF7" w14:textId="77777777" w:rsidTr="00B26C49">
+        <w:trPr>
+          <w:trHeight w:val="708"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3532" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="366748D2" w14:textId="08D68EEA" w:rsidR="00F05D4A" w:rsidRPr="00AF5198" w:rsidRDefault="00F05D4A" w:rsidP="00F05D4A">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00493A58">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>2.3.1. Provedba aktivnosti kojima se potiče gospodarski napredak, socijalna dobrobit građana i ujednačavanje gospodarskog i demografskog razvitka svih krajeva R</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">epublike </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00493A58">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>H</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>rvatske</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2988" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A91AC32" w14:textId="054B5060" w:rsidR="00F05D4A" w:rsidRPr="00AF5198" w:rsidRDefault="00F05D4A" w:rsidP="00F05D4A">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Broj ugovora o provođenju programa integracije osoba s invaliditetom u društvo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1187B56F" w14:textId="35571E8F" w:rsidR="00F05D4A" w:rsidRPr="00B83C11" w:rsidRDefault="00F05D4A" w:rsidP="00F05D4A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B83C11">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E4830CD" w14:textId="6A3C29D1" w:rsidR="00F05D4A" w:rsidRPr="00AF5198" w:rsidRDefault="00F05D4A" w:rsidP="00F05D4A">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5284FB45" w14:textId="211D16E9" w:rsidR="00F05D4A" w:rsidRPr="00AF5198" w:rsidRDefault="00F05D4A" w:rsidP="00F05D4A">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A7F90">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>JLP(R)S</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F05D4A" w:rsidRPr="00AF5198" w14:paraId="6D2AE10C" w14:textId="77777777" w:rsidTr="008B18D8">
+        <w:trPr>
+          <w:trHeight w:val="708"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3532" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="410DDFB8" w14:textId="77777777" w:rsidR="00F05D4A" w:rsidRPr="00AF5198" w:rsidRDefault="00F05D4A" w:rsidP="00F05D4A">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2988" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05CA4D54" w14:textId="7404B644" w:rsidR="00F05D4A" w:rsidRPr="00AF5198" w:rsidRDefault="00F05D4A" w:rsidP="00F05D4A">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Broj ugovora o provođenju planova gospodarenja otpadom</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D0547DD" w14:textId="41126266" w:rsidR="00F05D4A" w:rsidRPr="00B83C11" w:rsidRDefault="00EA478D" w:rsidP="00F05D4A">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EA2B38B" w14:textId="40D56021" w:rsidR="00F05D4A" w:rsidRPr="00AF5198" w:rsidRDefault="00F05D4A" w:rsidP="00F05D4A">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12CE8F33" w14:textId="54D5B6EA" w:rsidR="00F05D4A" w:rsidRPr="00AF5198" w:rsidRDefault="00F05D4A" w:rsidP="00F05D4A">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A7F90">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>JLP(R)S</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F05D4A" w:rsidRPr="00AF5198" w14:paraId="064AA498" w14:textId="77777777" w:rsidTr="008B18D8">
+        <w:trPr>
+          <w:trHeight w:val="708"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3532" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="497D09B9" w14:textId="77777777" w:rsidR="00F05D4A" w:rsidRPr="00AF5198" w:rsidRDefault="00F05D4A" w:rsidP="00F05D4A">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2988" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DFFBD2A" w14:textId="25D7228D" w:rsidR="00F05D4A" w:rsidRPr="00AF5198" w:rsidRDefault="00F05D4A" w:rsidP="00F05D4A">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Broj ugovora o provođenju operativnih programa Vlade Republike Hrvatske za nacionalne manjine</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3708D61D" w14:textId="6625F26D" w:rsidR="00F05D4A" w:rsidRPr="00B83C11" w:rsidRDefault="00EA478D" w:rsidP="00F05D4A">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="690AF8EA" w14:textId="647194C0" w:rsidR="00F05D4A" w:rsidRPr="00AF5198" w:rsidRDefault="00F05D4A" w:rsidP="00F05D4A">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64FC15CD" w14:textId="74646562" w:rsidR="00F05D4A" w:rsidRPr="00AF5198" w:rsidRDefault="00F05D4A" w:rsidP="00F05D4A">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006A7F90">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>JLP(R)S</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="131B2800" w14:textId="77777777" w:rsidR="00F05D4A" w:rsidRDefault="00F05D4A" w:rsidP="00F05D4A">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Hlk216862850"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF5198" w:rsidRPr="00AF5198">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Napomena: Početnu vrijednost pokazatelja rezultata predstavlja ostvarena vrijednost na dan 31. prosinca 2024., a ciljanu vrijednost predstavlja planirana vrijednost na </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2651AF13" w14:textId="51A36A70" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00F05D4A" w:rsidP="00F05D4A">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF5198" w:rsidRPr="00AF5198">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>dan 31. prosinca 2026</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidR="00AF5198" w:rsidRPr="00AF5198">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68FD44F7" w14:textId="77777777" w:rsidR="00603A65" w:rsidRPr="00AF5198" w:rsidRDefault="00603A65" w:rsidP="00AF5198">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Reetkatablice2"/>
+        <w:tblW w:w="4811" w:type="pct"/>
+        <w:tblInd w:w="279" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3543"/>
+        <w:gridCol w:w="2976"/>
+        <w:gridCol w:w="1842"/>
+        <w:gridCol w:w="1845"/>
+        <w:gridCol w:w="3259"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AF5198" w:rsidRPr="002F7D74" w14:paraId="71DB9A14" w14:textId="77777777" w:rsidTr="00412739">
+        <w:trPr>
+          <w:trHeight w:val="673"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="370EF92F" w14:textId="7A5D8F4D" w:rsidR="00AF5198" w:rsidRPr="002F7D74" w:rsidRDefault="00AF5198" w:rsidP="002F7D74">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F7D74">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>STRATEŠKI CILJ 3: Učinkovito upravljanje nekretninama u vlasništvu Republike Hrvatske za ispunjenje administrativnih potreba korisnika državnog proračuna</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="547A45FB" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="002F7D74" w:rsidRDefault="00AF5198" w:rsidP="002F7D74">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F7D74">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>MJERA: 3.1. Utvrđivanje potreba za smještajem tijela državne uprave i drugih korisnika državnog proračuna</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF5198" w:rsidRPr="00AF5198" w14:paraId="327F75A2" w14:textId="77777777" w:rsidTr="009E508B">
+        <w:trPr>
+          <w:trHeight w:val="763"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0A97AAAF" w14:textId="77777777" w:rsidR="00F318A8" w:rsidRPr="00AF5198" w:rsidRDefault="00F318A8" w:rsidP="00F318A8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>AKTIVNOSTI/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3962774F" w14:textId="777BAE73" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00F318A8" w:rsidP="00F318A8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>NAČIN OSTVARENJA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1105" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1187F475" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>POKAZATELJI REZULTATA ZA AKTIVNOSTI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="27B9EF6B" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>POČETNA VRIJEDNOST (2024.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="685" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="23229737" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>CILJANA VRIJEDNOST (2026.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1210" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B143D45" w14:textId="77B1D7C2" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="002F7D74" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>NOSITELJ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> PROVEDBE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E36AA2" w:rsidRPr="00AF5198" w14:paraId="53ADB1D2" w14:textId="77777777" w:rsidTr="009E508B">
+        <w:trPr>
+          <w:trHeight w:val="1085"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E406EC3" w14:textId="77777777" w:rsidR="00475AEE" w:rsidRDefault="00475AEE" w:rsidP="00E36AA2">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5ED08691" w14:textId="3B762399" w:rsidR="00E36AA2" w:rsidRPr="00AF5198" w:rsidRDefault="00E36AA2" w:rsidP="00E36AA2">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3.1.1. Analiza potreba za smještajem </w:t>
+            </w:r>
+            <w:r w:rsidR="0062063C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>tijela državne uprave</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> i drugih korisnika državnog proračuna</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1105" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="00C743CB" w14:textId="791CF27F" w:rsidR="00E36AA2" w:rsidRPr="00AF5198" w:rsidRDefault="00E36AA2" w:rsidP="00E36AA2">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Izrađen popis kojim se utvrđuju stvarne potrebe za smještajem </w:t>
+            </w:r>
+            <w:r w:rsidR="0062063C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>tijela državne uprave</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> i drugih korisnika državnog proračuna (ažuriranje popisa jednom godišnje)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7780716C" w14:textId="77777777" w:rsidR="00E36AA2" w:rsidRPr="00AF5198" w:rsidRDefault="00E36AA2" w:rsidP="00E36AA2">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="685" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="158C42A9" w14:textId="77777777" w:rsidR="00E36AA2" w:rsidRPr="00AF5198" w:rsidRDefault="00E36AA2" w:rsidP="00E36AA2">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1210" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="61F7D27A" w14:textId="77777777" w:rsidR="00475AEE" w:rsidRDefault="00475AEE" w:rsidP="00E36AA2">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="243750A1" w14:textId="77777777" w:rsidR="00475AEE" w:rsidRDefault="00475AEE" w:rsidP="00E36AA2">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="40E6072A" w14:textId="08B39B44" w:rsidR="00E36AA2" w:rsidRPr="00AF5198" w:rsidRDefault="00263845" w:rsidP="00E36AA2">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PGI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EC160A" w:rsidRPr="00AF5198" w14:paraId="6EB7CE3D" w14:textId="77777777" w:rsidTr="009E508B">
+        <w:trPr>
+          <w:trHeight w:val="983"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="498B9DC7" w14:textId="77777777" w:rsidR="00EC160A" w:rsidRPr="00AF5198" w:rsidRDefault="00EC160A" w:rsidP="00EC160A">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>3.1.2. Vođenje sustavne evidencije raspoloživih poslovnih prostora i njihovih površina kojima raspolaže Republika Hrvatska u svrhu smještaja TDU i drugih korisnika državnog proračuna</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1105" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C30C8FE" w14:textId="6981111C" w:rsidR="00EC160A" w:rsidRPr="00AF5198" w:rsidRDefault="00EC160A" w:rsidP="00EC160A">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Izrađena evidencija raspoloživih poslovnih prostora  i površina za smještaj </w:t>
+            </w:r>
+            <w:r w:rsidR="00412739">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>tijela državne uprave</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> i ostalih korisnika D</w:t>
+            </w:r>
+            <w:r w:rsidR="00412739">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>ržavnog proračuna</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="684" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="469B68C1" w14:textId="77777777" w:rsidR="00EC160A" w:rsidRPr="00AF5198" w:rsidRDefault="00EC160A" w:rsidP="00EC160A">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="685" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="530E7B98" w14:textId="77777777" w:rsidR="00EC160A" w:rsidRPr="00AF5198" w:rsidRDefault="00EC160A" w:rsidP="00EC160A">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1210" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EBAA91F" w14:textId="77777777" w:rsidR="00475AEE" w:rsidRDefault="00475AEE" w:rsidP="00EC160A">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="489F769C" w14:textId="77777777" w:rsidR="00263845" w:rsidRDefault="00263845" w:rsidP="00EC160A">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6DA85AFF" w14:textId="39248217" w:rsidR="00EC160A" w:rsidRPr="00AF5198" w:rsidRDefault="00263845" w:rsidP="00EC160A">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PGI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="35FDA10B" w14:textId="77777777" w:rsidR="006D7ECF" w:rsidRDefault="006D7ECF" w:rsidP="006D7ECF">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF5198" w:rsidRPr="00AF5198">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Napomena: Početnu vrijednost pokazatelja rezultata predstavlja ostvarena vrijednost na dan 31. prosinca 2024., a ciljanu vrijednost predstavlja planirana vrijednost na </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AE54193" w14:textId="44A333E3" w:rsidR="00AF5198" w:rsidRDefault="006D7ECF" w:rsidP="006D7ECF">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF5198" w:rsidRPr="00AF5198">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>dan 31. prosinca 2026.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C442E4C" w14:textId="77777777" w:rsidR="006D7ECF" w:rsidRPr="00AF5198" w:rsidRDefault="006D7ECF" w:rsidP="006D7ECF">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Reetkatablice2"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3824"/>
+        <w:gridCol w:w="2975"/>
+        <w:gridCol w:w="1844"/>
+        <w:gridCol w:w="1984"/>
+        <w:gridCol w:w="3367"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AF5198" w:rsidRPr="00EC68EC" w14:paraId="633BF076" w14:textId="77777777" w:rsidTr="00D678A8">
+        <w:trPr>
+          <w:trHeight w:val="1403"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="181167B1" w14:textId="724F7096" w:rsidR="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00EC68EC">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC68EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>STRATEŠKI CILJ 3: Učinkovito upravljanje nekretninama u vlasništvu Republike Hrvatske za ispunjenje administrativnih potreba korisnika državnog proračuna</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68E477D0" w14:textId="77777777" w:rsidR="00D678A8" w:rsidRPr="00EC68EC" w:rsidRDefault="00D678A8" w:rsidP="00EC68EC">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6EC3A91F" w14:textId="48231D59" w:rsidR="00AF5198" w:rsidRPr="00EC68EC" w:rsidRDefault="00AF5198" w:rsidP="00EC68EC">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC68EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>MJERA: 3.2. Ulaganje u nekretnine u vlasništvu Republike Hrvatske u funkciji ostvarenja administrativnih potreba tijela državne uprave i dr</w:t>
+            </w:r>
+            <w:r w:rsidR="00336647">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>ugih</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EC68EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> korisnika državnog proračuna</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E508B" w:rsidRPr="00AF5198" w14:paraId="29BD7AFF" w14:textId="77777777" w:rsidTr="009E508B">
+        <w:trPr>
+          <w:trHeight w:val="913"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="43969407" w14:textId="77777777" w:rsidR="00517E80" w:rsidRPr="00AF5198" w:rsidRDefault="00517E80" w:rsidP="00F318A8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>AKTIVNOSTI/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C0A173F" w14:textId="02B9A571" w:rsidR="00517E80" w:rsidRPr="00AF5198" w:rsidRDefault="00517E80" w:rsidP="00F318A8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>NAČIN OSTVARENJA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1063" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6A2AB190" w14:textId="77777777" w:rsidR="00517E80" w:rsidRPr="00AF5198" w:rsidRDefault="00517E80" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>POKAZATELJI REZULTATA ZA AKTIVNOSTI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="659" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="02EACDD0" w14:textId="77777777" w:rsidR="00517E80" w:rsidRPr="00AF5198" w:rsidRDefault="00517E80" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>POČETNA VRIJEDNOST (2024.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="04E658A4" w14:textId="77777777" w:rsidR="00517E80" w:rsidRPr="00AF5198" w:rsidRDefault="00517E80" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>CILJANA VRIJEDNOST (2026.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1203" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19BB9DF7" w14:textId="77777777" w:rsidR="00517E80" w:rsidRPr="00AF5198" w:rsidRDefault="00517E80" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>NOSITELJ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> PROVEDBE</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="098761BE" w14:textId="4CACE563" w:rsidR="00517E80" w:rsidRPr="00AF5198" w:rsidRDefault="00517E80" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E508B" w:rsidRPr="00AF5198" w14:paraId="3424FA23" w14:textId="77777777" w:rsidTr="009E508B">
+        <w:trPr>
+          <w:trHeight w:val="1085"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="652456F9" w14:textId="4CBF3C0B" w:rsidR="00517E80" w:rsidRPr="00AF5198" w:rsidRDefault="00517E80" w:rsidP="00E36AA2">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3.2.1. </w:t>
+            </w:r>
+            <w:r w:rsidR="0084487B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Utvrđ</w:t>
+            </w:r>
+            <w:r w:rsidR="009C7BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ivanje potreba za </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>adaptacij</w:t>
+            </w:r>
+            <w:r w:rsidR="009C7BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>om</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> i održavanj</w:t>
+            </w:r>
+            <w:r w:rsidR="009C7BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>em</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> objekata u kojima djelatnost obavljaju i korisnici državnog proračuna i upravna tijela JLP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>R</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1063" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E2977D8" w14:textId="2E7D5D03" w:rsidR="00517E80" w:rsidRPr="00AF5198" w:rsidRDefault="00517E80" w:rsidP="00F270C7">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Izrađen popis nekretnina za adaptaciju u cilju ostvarenja  administrativnih potreba </w:t>
+            </w:r>
+            <w:r w:rsidR="00BD652C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>tijela državne uprave</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> i upravnih </w:t>
+            </w:r>
+            <w:r w:rsidR="00D14E02">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>tijela</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> JLP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>R</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="659" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57E7727C" w14:textId="77777777" w:rsidR="00517E80" w:rsidRPr="00AF5198" w:rsidRDefault="00517E80" w:rsidP="00F71485">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="651FD0CB" w14:textId="77777777" w:rsidR="00517E80" w:rsidRPr="00AF5198" w:rsidRDefault="00517E80" w:rsidP="00F71485">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1203" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D432804" w14:textId="77777777" w:rsidR="00517E80" w:rsidRDefault="00517E80" w:rsidP="00F71485">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0462DFDF" w14:textId="77777777" w:rsidR="00517E80" w:rsidRDefault="00517E80" w:rsidP="00F71485">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="799DC1E9" w14:textId="2C2511DB" w:rsidR="00517E80" w:rsidRPr="00AF5198" w:rsidRDefault="00517E80" w:rsidP="00F71485">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PGI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E508B" w:rsidRPr="00AF5198" w14:paraId="06B50332" w14:textId="77777777" w:rsidTr="007D5D4A">
+        <w:trPr>
+          <w:trHeight w:val="1315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A1EBFD2" w14:textId="77777777" w:rsidR="008F501C" w:rsidRDefault="008F501C" w:rsidP="00517E80">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="63A9D9B1" w14:textId="77777777" w:rsidR="00517E80" w:rsidRDefault="00517E80" w:rsidP="00517E80">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>3.2.2. Adaptacija nekretnina i dodjela na uporabu obnovljenih nekretnina za potrebe tijela državne uprave, drugih korisnika državnog proračuna i upravnih tijela JLP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>R</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3107E654" w14:textId="0101B8E4" w:rsidR="008F501C" w:rsidRPr="00AF5198" w:rsidRDefault="008F501C" w:rsidP="00517E80">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1063" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B5067EE" w14:textId="77777777" w:rsidR="007D5D4A" w:rsidRDefault="007D5D4A" w:rsidP="00F270C7">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6160A782" w14:textId="77777777" w:rsidR="008F501C" w:rsidRDefault="008F501C" w:rsidP="00F270C7">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="171C0002" w14:textId="06115118" w:rsidR="00517E80" w:rsidRPr="00AF5198" w:rsidRDefault="00517E80" w:rsidP="00F270C7">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D13C78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Broj </w:t>
+            </w:r>
+            <w:r w:rsidR="00801719">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">nekretnina koje su predmet </w:t>
+            </w:r>
+            <w:r w:rsidR="00801719" w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>ulaganja (investicijsko i tekuće ulaganje)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="659" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2838F7E3" w14:textId="7E808B45" w:rsidR="00517E80" w:rsidRPr="00AF5198" w:rsidRDefault="00517E80" w:rsidP="00F71485">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D13C78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C8A8AEB" w14:textId="246BCAA8" w:rsidR="00517E80" w:rsidRPr="00AF5198" w:rsidRDefault="00517E80" w:rsidP="00F71485">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D13C78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1203" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="23378F2E" w14:textId="77777777" w:rsidR="00517E80" w:rsidRDefault="00517E80" w:rsidP="00F71485">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1A47C2EF" w14:textId="77777777" w:rsidR="007D5D4A" w:rsidRDefault="007D5D4A" w:rsidP="00F71485">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="30E440F0" w14:textId="77777777" w:rsidR="008F501C" w:rsidRDefault="008F501C" w:rsidP="00F71485">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5438161C" w14:textId="5407235B" w:rsidR="00517E80" w:rsidRPr="00AF5198" w:rsidRDefault="00517E80" w:rsidP="00F71485">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PGI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007D5D4A" w:rsidRPr="00AF5198" w14:paraId="799D87AF" w14:textId="77777777" w:rsidTr="009E508B">
+        <w:trPr>
+          <w:trHeight w:val="564"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="025241BF" w14:textId="05DEE887" w:rsidR="007D5D4A" w:rsidRPr="00AF5198" w:rsidRDefault="007D5D4A" w:rsidP="007D5D4A">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3.2.3. </w:t>
+            </w:r>
+            <w:r w:rsidR="00BD652C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Smještaj tijela državne uprave</w:t>
+            </w:r>
+            <w:r w:rsidR="00F661E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1063" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="28B0F2F0" w14:textId="6679A9B3" w:rsidR="007D5D4A" w:rsidRPr="00AF5198" w:rsidRDefault="007D5D4A" w:rsidP="007D5D4A">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Broj sklopljenih ugovora o dodjeli na uporabu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="659" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27649DA9" w14:textId="647026FF" w:rsidR="007D5D4A" w:rsidRPr="00AF5198" w:rsidRDefault="007D5D4A" w:rsidP="007D5D4A">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A0116EA" w14:textId="3D94DEDA" w:rsidR="007D5D4A" w:rsidRPr="00AF5198" w:rsidRDefault="007D5D4A" w:rsidP="007D5D4A">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1203" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="13361F59" w14:textId="77777777" w:rsidR="007D5D4A" w:rsidRDefault="007D5D4A" w:rsidP="007D5D4A">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="76D8E386" w14:textId="1E5D5E1E" w:rsidR="007D5D4A" w:rsidRDefault="007D5D4A" w:rsidP="007D5D4A">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PGI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2234C748" w14:textId="1B6B3E41" w:rsidR="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00231159">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF5198">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Napomena: Početnu vrijednost pokazatelja rezultata predstavlja ostvarena vrijednost na dan 31. prosinca 2024., a ciljanu vrijednost predstavlja planirana vrijednost na dan 31. prosinca 2026</w:t>
+      </w:r>
+      <w:r w:rsidR="00231159">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6353B3E5" w14:textId="77777777" w:rsidR="006957A0" w:rsidRDefault="006957A0" w:rsidP="00231159">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53B2C913" w14:textId="77777777" w:rsidR="006957A0" w:rsidRDefault="006957A0" w:rsidP="00231159">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="701C508E" w14:textId="77777777" w:rsidR="006957A0" w:rsidRDefault="006957A0" w:rsidP="00231159">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A84F15B" w14:textId="77777777" w:rsidR="006957A0" w:rsidRDefault="006957A0" w:rsidP="00231159">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36CA0DA7" w14:textId="77777777" w:rsidR="006957A0" w:rsidRDefault="006957A0" w:rsidP="00231159">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AE6FBD1" w14:textId="77777777" w:rsidR="006957A0" w:rsidRDefault="006957A0" w:rsidP="00231159">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59A89035" w14:textId="77777777" w:rsidR="006957A0" w:rsidRDefault="006957A0" w:rsidP="00231159">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D36B09B" w14:textId="77777777" w:rsidR="008757D0" w:rsidRDefault="008757D0" w:rsidP="00231159">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EC45CFA" w14:textId="77777777" w:rsidR="008757D0" w:rsidRDefault="008757D0" w:rsidP="00231159">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EF4259E" w14:textId="77777777" w:rsidR="008757D0" w:rsidRDefault="008757D0" w:rsidP="00231159">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11003149" w14:textId="77777777" w:rsidR="006957A0" w:rsidRPr="00AF5198" w:rsidRDefault="006957A0" w:rsidP="00231159">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Reetkatablice2"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4148"/>
+        <w:gridCol w:w="2457"/>
+        <w:gridCol w:w="1503"/>
+        <w:gridCol w:w="1836"/>
+        <w:gridCol w:w="1461"/>
+        <w:gridCol w:w="2589"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AF5198" w:rsidRPr="00E17926" w14:paraId="382189F0" w14:textId="77777777" w:rsidTr="002918F7">
+        <w:trPr>
+          <w:trHeight w:val="673"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DCDDA8A" w14:textId="6C9F0ED2" w:rsidR="00AF5198" w:rsidRPr="00E17926" w:rsidRDefault="00AF5198" w:rsidP="00E17926">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E17926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>STRATEŠKI CILJ 3: Učinkovito upravljanje nekretninama u vlasništvu Republike Hrvatske za ispunjenje administrativnih potreba korisnika državnog proračuna</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D45C19D" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00E17926" w:rsidRDefault="00AF5198" w:rsidP="00E17926">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E17926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>MJERA: 3.3. Stjecanje nekretnina za potrebe smještaja tijela državne uprave i drugih korisnika državnog proračuna</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF5198" w:rsidRPr="00AF5198" w14:paraId="3A7C92A4" w14:textId="77777777" w:rsidTr="00CC6122">
+        <w:trPr>
+          <w:trHeight w:val="764"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1482" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6113B016" w14:textId="77777777" w:rsidR="00F318A8" w:rsidRPr="00AF5198" w:rsidRDefault="00F318A8" w:rsidP="00F318A8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>AKTIVNOSTI/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46775A25" w14:textId="4B571E73" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00F318A8" w:rsidP="00F318A8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>NAČIN OSTVARENJA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6BCA21C5" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>POKAZATELJI REZULTATA ZA AKTIVNOSTI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="447E64B9" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>POČETNA VRIJEDNOST (2024.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="656" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3FEAE540" w14:textId="5559713B" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>CILJANA VRIJEDNOST (2026.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3931E3EC" w14:textId="35349D1B" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00E17926">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>NOSITELJ</w:t>
+            </w:r>
+            <w:r w:rsidR="00E17926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> PROVEDBE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="925" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4A0199F8" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PROJEKTI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C177D" w:rsidRPr="00AF5198" w14:paraId="06487D38" w14:textId="77777777" w:rsidTr="00FD5D8F">
+        <w:trPr>
+          <w:trHeight w:val="703"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1482" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C91D3A6" w14:textId="77777777" w:rsidR="00475AEE" w:rsidRDefault="00475AEE" w:rsidP="00FD5D8F">
+            <w:pPr>
+              <w:pStyle w:val="Odlomakpopisa"/>
+              <w:widowControl/>
+              <w:ind w:left="601"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="36F4AEB0" w14:textId="322DDAC6" w:rsidR="001C177D" w:rsidRPr="00FD5D8F" w:rsidRDefault="00FD5D8F" w:rsidP="00FD5D8F">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>3.3.1. Kupnja nekretnina</w:t>
+            </w:r>
+            <w:r w:rsidR="00B778ED">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> za smještaj tijela državne uprave i drugih korisnika državnog proračuna</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="878" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63DE6895" w14:textId="77777777" w:rsidR="001C177D" w:rsidRPr="00AF5198" w:rsidRDefault="001C177D" w:rsidP="00FD5D8F">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Kupljena nekretnina</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="665F0361" w14:textId="4A70540A" w:rsidR="001C177D" w:rsidRPr="00AF5198" w:rsidRDefault="00BB53A6" w:rsidP="00FD5D8F">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="656" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6611859D" w14:textId="6AF46865" w:rsidR="001C177D" w:rsidRPr="00AF5198" w:rsidRDefault="00FD5D8F" w:rsidP="00FD5D8F">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="493FCF05" w14:textId="48B11824" w:rsidR="001C177D" w:rsidRPr="00AF5198" w:rsidRDefault="00263845" w:rsidP="00FD5D8F">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PGI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="925" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22E4F32B" w14:textId="77A6E935" w:rsidR="00FD5D8F" w:rsidRDefault="00FD5D8F" w:rsidP="00FD5D8F">
+            <w:pPr>
+              <w:widowControl/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Vjesnik</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FF5DDBE" w14:textId="724C6C27" w:rsidR="001C177D" w:rsidRPr="00AF5198" w:rsidRDefault="007B1DF8" w:rsidP="00FD5D8F">
+            <w:pPr>
+              <w:widowControl/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Zgrada Hrvatske p</w:t>
+            </w:r>
+            <w:r w:rsidR="001C177D" w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>ošt</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>e u</w:t>
+            </w:r>
+            <w:r w:rsidR="001C177D" w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Branimirov</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>oj</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4C4CE91D" w14:textId="29A39BF0" w:rsidR="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="008D397E">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF5198">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Napomena: Početnu vrijednost pokazatelja rezultata predstavlja ostvarena vrijednost na dan 31. prosinca 2024., a ciljanu vrijednost predstavlja planirana vrijednost na dan 31. prosinca 2026.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CE19B2C" w14:textId="77777777" w:rsidR="00FD6904" w:rsidRDefault="00FD6904" w:rsidP="008D397E">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65144BC7" w14:textId="77777777" w:rsidR="00FD6904" w:rsidRDefault="00FD6904" w:rsidP="008D397E">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37F3A7FA" w14:textId="77777777" w:rsidR="008D397E" w:rsidRPr="00AF5198" w:rsidRDefault="008D397E" w:rsidP="008D397E">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Reetkatablice2"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3991"/>
+        <w:gridCol w:w="3065"/>
+        <w:gridCol w:w="1539"/>
+        <w:gridCol w:w="1503"/>
+        <w:gridCol w:w="1643"/>
+        <w:gridCol w:w="2253"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="000D0FBB" w:rsidRPr="009E6EA8" w14:paraId="62DFA7DE" w14:textId="77777777" w:rsidTr="00831241">
+        <w:trPr>
+          <w:trHeight w:val="673"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D97CBFC" w14:textId="5F25CE86" w:rsidR="000D0FBB" w:rsidRPr="009E6EA8" w:rsidRDefault="000D0FBB" w:rsidP="009E6EA8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E6EA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>STRATEŠKI CILJ 3: Učinkovito upravljanje nekretninama u vlasništvu Republike Hrvatske za ispunjenje administrativnih potreba korisnika državnog proračuna</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03796335" w14:textId="77777777" w:rsidR="000D0FBB" w:rsidRPr="008D397E" w:rsidRDefault="000D0FBB" w:rsidP="009E6EA8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008D397E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>MJERA: 3.4. Obnova, rekonstrukcija i izgradnja nekretnina za smještaj tijela državne uprave i drugih korisnika državnog proračuna</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009565DA" w:rsidRPr="00AF5198" w14:paraId="7BDDE846" w14:textId="3906CC1E" w:rsidTr="007046A5">
+        <w:trPr>
+          <w:trHeight w:val="836"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1426" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3937D1A8" w14:textId="77777777" w:rsidR="000D0FBB" w:rsidRPr="00AF5198" w:rsidRDefault="000D0FBB" w:rsidP="009E6EA8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>AKTIVNOSTI/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D72E3FD" w14:textId="77777777" w:rsidR="000D0FBB" w:rsidRPr="00AF5198" w:rsidRDefault="000D0FBB" w:rsidP="009E6EA8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>NAČIN OSTVARENJA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1095" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2BA11F1A" w14:textId="77777777" w:rsidR="000D0FBB" w:rsidRPr="00AF5198" w:rsidRDefault="000D0FBB" w:rsidP="009E6EA8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>POKAZATELJI REZULTATA ZA AKTIVNOSTI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="550" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5F32F924" w14:textId="77777777" w:rsidR="000D0FBB" w:rsidRPr="00AF5198" w:rsidRDefault="000D0FBB" w:rsidP="009E6EA8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>POČETNA VRIJEDNOST (2024.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="418CCBF8" w14:textId="77777777" w:rsidR="000D0FBB" w:rsidRPr="00AF5198" w:rsidRDefault="000D0FBB" w:rsidP="009E6EA8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>CILJANA VRIJEDNOST (2026.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="587" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="47C2164A" w14:textId="4D57AEC4" w:rsidR="000D0FBB" w:rsidRPr="00AF5198" w:rsidRDefault="000D0FBB" w:rsidP="009E6EA8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>NOSITELJ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> PROVEDBE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="805" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BFC23C3" w14:textId="77777777" w:rsidR="00831241" w:rsidRDefault="00831241" w:rsidP="009E6EA8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="54D179E8" w14:textId="0A4CB659" w:rsidR="000D0FBB" w:rsidRPr="00AF5198" w:rsidRDefault="00831241" w:rsidP="009E6EA8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PROJEKTI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009565DA" w:rsidRPr="00AF5198" w14:paraId="2F9CFAE7" w14:textId="18D0C94A" w:rsidTr="003E7D5B">
+        <w:trPr>
+          <w:trHeight w:val="763"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1426" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B24CC01" w14:textId="2FF6A44A" w:rsidR="000D0FBB" w:rsidRPr="00AF5198" w:rsidRDefault="000D0FBB" w:rsidP="009E6EA8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3.4.1. </w:t>
+            </w:r>
+            <w:r w:rsidR="00CB5CA8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dovršetak </w:t>
+            </w:r>
+            <w:r w:rsidR="0022131C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>cjelovite obnove nekretnina oštećenih u potresu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1095" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DB2FE88" w14:textId="363F4253" w:rsidR="000D0FBB" w:rsidRPr="00AF5198" w:rsidRDefault="005D5223" w:rsidP="009E6EA8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Broj zgrada javne namjene za koje je dovršena obnova</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="550" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76DB7BC6" w14:textId="77777777" w:rsidR="000D0FBB" w:rsidRPr="00AF5198" w:rsidRDefault="000D0FBB" w:rsidP="009E6EA8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D2848FF" w14:textId="48860537" w:rsidR="000D0FBB" w:rsidRPr="00AF5198" w:rsidRDefault="00BF686D" w:rsidP="009E6EA8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="587" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D855865" w14:textId="5FD3E686" w:rsidR="000D0FBB" w:rsidRPr="00AF5198" w:rsidRDefault="000D0FBB" w:rsidP="009E6EA8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PGI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="805" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="62FDAE8D" w14:textId="19834F4C" w:rsidR="007E4D08" w:rsidRPr="007E4D08" w:rsidRDefault="007E4D08" w:rsidP="00734C09">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zgrada </w:t>
+            </w:r>
+            <w:r w:rsidR="00BF686D" w:rsidRPr="007E4D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Ilica 25</w:t>
+            </w:r>
+            <w:r w:rsidR="00734C09">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -27</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1CC6CB77" w14:textId="43A7368E" w:rsidR="00BF686D" w:rsidRPr="007E4D08" w:rsidRDefault="00BE5658" w:rsidP="00734C09">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E4D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zgrada </w:t>
+            </w:r>
+            <w:r w:rsidR="00BF686D" w:rsidRPr="007E4D08">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Republike Austrije 20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007046A5" w:rsidRPr="00AF5198" w14:paraId="041019FE" w14:textId="3B1333B1" w:rsidTr="003E7D5B">
+        <w:trPr>
+          <w:trHeight w:val="632"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1426" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="21EFA100" w14:textId="136D0646" w:rsidR="007046A5" w:rsidRPr="00AF5198" w:rsidRDefault="007046A5" w:rsidP="009E6EA8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>3.4.2. Kapitalna ulaganja u nekretnine u svrhu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> dodjel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">e </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">na uporabu nekretnina za potrebe </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>tijela državne uprave</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> i</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>drugih korisnika državnog proračuna</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1095" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="01003B58" w14:textId="25C9B704" w:rsidR="007046A5" w:rsidRPr="00AF5198" w:rsidRDefault="007046A5" w:rsidP="009E6EA8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D13C78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Broj odluka o </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>obnovi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D13C78">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> nekretnina </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="550" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00F1573E" w14:textId="23DC1F8A" w:rsidR="007046A5" w:rsidRPr="00AF5198" w:rsidRDefault="007046A5" w:rsidP="009E6EA8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45ACA8CF" w14:textId="4EB2B491" w:rsidR="007046A5" w:rsidRPr="00AF5198" w:rsidRDefault="007046A5" w:rsidP="009E6EA8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="587" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BD4F6E3" w14:textId="293A84FC" w:rsidR="007046A5" w:rsidRPr="00AF5198" w:rsidRDefault="007046A5" w:rsidP="009E6EA8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PGI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="805" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F19D89D" w14:textId="1CB37F61" w:rsidR="007046A5" w:rsidRDefault="007046A5" w:rsidP="007046A5">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Karlovac</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AB2F393" w14:textId="2D97DC66" w:rsidR="007046A5" w:rsidRDefault="007046A5" w:rsidP="007046A5">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Petrinja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006950F8" w:rsidRPr="00AF5198" w14:paraId="17EEF4FC" w14:textId="77777777" w:rsidTr="003E7D5B">
+        <w:trPr>
+          <w:trHeight w:val="596"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1426" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="1498F4A5" w14:textId="77777777" w:rsidR="006950F8" w:rsidRDefault="006950F8" w:rsidP="006950F8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1095" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AEE0979" w14:textId="77B99658" w:rsidR="006950F8" w:rsidRPr="00D13C78" w:rsidRDefault="006950F8" w:rsidP="006950F8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Izrađena projektna dokumentacija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="550" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28EE5541" w14:textId="467ED078" w:rsidR="006950F8" w:rsidRDefault="006950F8" w:rsidP="006950F8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A496079" w14:textId="0A107865" w:rsidR="006950F8" w:rsidRDefault="006950F8" w:rsidP="006950F8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="587" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C06F532" w14:textId="5B95E0EB" w:rsidR="006950F8" w:rsidRPr="00AF5198" w:rsidRDefault="006950F8" w:rsidP="006950F8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PGI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="805" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FE27D33" w14:textId="77777777" w:rsidR="006950F8" w:rsidRDefault="006950F8" w:rsidP="006950F8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Karlovac</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41F966F1" w14:textId="4EE9E199" w:rsidR="006950F8" w:rsidRDefault="006950F8" w:rsidP="006950F8">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Petrinja</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="297D7EF9" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF5198">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Napomena: Početnu vrijednost pokazatelja rezultata predstavlja ostvarena vrijednost na dan 31. prosinca 2024., a ciljanu vrijednost predstavlja planirana vrijednost na dan 31. prosinca 2026.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7438C776" w14:textId="77777777" w:rsidR="003E7D5B" w:rsidRPr="00AF5198" w:rsidRDefault="003E7D5B" w:rsidP="00AF5198">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56DA63B6" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Reetkatablice2"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4478"/>
+        <w:gridCol w:w="5046"/>
+        <w:gridCol w:w="1503"/>
+        <w:gridCol w:w="1503"/>
+        <w:gridCol w:w="1464"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AF5198" w:rsidRPr="00362A16" w14:paraId="006F330F" w14:textId="77777777" w:rsidTr="002918F7">
+        <w:trPr>
+          <w:trHeight w:val="673"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="13301D41" w14:textId="37D17D40" w:rsidR="00AF5198" w:rsidRPr="00362A16" w:rsidRDefault="00AF5198" w:rsidP="00362A16">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00362A16">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>STRATEŠKI CILJ 4: Učinkovito upravljanje pokretninama u vlasništvu Republike Hrvatske i privremeno oduzetom imovinom</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37DEFBD0" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00362A16" w:rsidRDefault="00AF5198" w:rsidP="00362A16">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00362A16">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>MJERA: 4.1. Aktivacija pokretnina u vlasništvu Republike Hrvatske</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF5198" w:rsidRPr="00AF5198" w14:paraId="060771F7" w14:textId="77777777" w:rsidTr="002918F7">
+        <w:trPr>
+          <w:trHeight w:val="910"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1600" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4506676B" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>AKTIVNOSTI/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21BA4AB7" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002918F7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>NAČIN OSTVARENJA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1803" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="02D1216E" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>POKAZATELJI REZULTATA ZA AKTIVNOSTI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2BFC2F5C" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>POČETNA VRIJEDNOST (2024.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="04B1B152" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>CILJANA VRIJEDNOST (2026.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="193449FF" w14:textId="036253C9" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="000B4C13" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>NOSITELJ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> PROVEDBE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0045437B" w:rsidRPr="00AF5198" w14:paraId="405739FB" w14:textId="77777777" w:rsidTr="0045437B">
+        <w:trPr>
+          <w:trHeight w:val="1085"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1600" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="66ABB84A" w14:textId="77777777" w:rsidR="0045437B" w:rsidRPr="00AF5198" w:rsidRDefault="0045437B" w:rsidP="0045437B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>4.1.1. Aktivacija pokretnina kroz prodaju / zakup / najam pokretnina</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1803" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E944ECE" w14:textId="77777777" w:rsidR="009F7CEA" w:rsidRDefault="009F7CEA" w:rsidP="0045437B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="64C9EB7D" w14:textId="74F4CE1E" w:rsidR="0045437B" w:rsidRPr="00AF5198" w:rsidRDefault="0045437B" w:rsidP="0045437B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Broj pokretnina za koje je donesena odluka o prodaji/najmu/zakupu u odnosu na broj pokretnina za koje je donesena odluka o pokretanju postupka prodaje/najma/zakupa</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="315BF6DF" w14:textId="77777777" w:rsidR="0045437B" w:rsidRPr="00AF5198" w:rsidRDefault="0045437B" w:rsidP="0045437B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>95%</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="301AA866" w14:textId="77777777" w:rsidR="0045437B" w:rsidRPr="00AF5198" w:rsidRDefault="0045437B" w:rsidP="0045437B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>(broj Odluka o pokretanju postupka: 80</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09BB0D4D" w14:textId="77777777" w:rsidR="0045437B" w:rsidRPr="00AF5198" w:rsidRDefault="0045437B" w:rsidP="0045437B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>broj Odluka o raspolaganju: 76)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67F9F7F2" w14:textId="77777777" w:rsidR="0045437B" w:rsidRPr="00AF5198" w:rsidRDefault="0045437B" w:rsidP="0045437B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>95%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BA9E8DC" w14:textId="58932C30" w:rsidR="0045437B" w:rsidRPr="00AF5198" w:rsidRDefault="00263845" w:rsidP="0045437B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PGI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0045437B" w:rsidRPr="00AF5198" w14:paraId="04D8C15B" w14:textId="77777777" w:rsidTr="0045437B">
+        <w:trPr>
+          <w:trHeight w:val="606"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1600" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="6D5827F9" w14:textId="77777777" w:rsidR="0045437B" w:rsidRPr="00AF5198" w:rsidRDefault="0045437B" w:rsidP="0045437B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1803" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A027AD5" w14:textId="77777777" w:rsidR="0045437B" w:rsidRPr="00AF5198" w:rsidRDefault="0045437B" w:rsidP="0045437B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Prihod po osnovi upravljanja pokretninama od prodaje/najma/zakupa pokretnina</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C2F357C" w14:textId="77777777" w:rsidR="0045437B" w:rsidRPr="00AF5198" w:rsidRDefault="0045437B" w:rsidP="0045437B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>146.693,30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A23DCC5" w14:textId="602857BF" w:rsidR="0045437B" w:rsidRPr="00AF5198" w:rsidRDefault="0045437B" w:rsidP="0045437B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>175.000,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CD93BD3" w14:textId="7438A75F" w:rsidR="0045437B" w:rsidRPr="00AF5198" w:rsidRDefault="00263845" w:rsidP="0045437B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PGI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0045437B" w:rsidRPr="00AF5198" w14:paraId="554BF4EE" w14:textId="77777777" w:rsidTr="0045437B">
+        <w:trPr>
+          <w:trHeight w:val="606"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1600" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A7E8047" w14:textId="77777777" w:rsidR="0045437B" w:rsidRPr="00AF5198" w:rsidRDefault="0045437B" w:rsidP="0045437B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>4.1.2. Aktivacija pokretnina davanjem na uporabu, prijenosom prava upravljanja ili darovanjem</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1803" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="320BCA75" w14:textId="77777777" w:rsidR="0045437B" w:rsidRPr="00AF5198" w:rsidRDefault="0045437B" w:rsidP="0045437B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Vrijednost pokretnina za koje je donesena odluka o davanju na uporabu, prijenosu prava upravljanja ili darovanju</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0962B9DB" w14:textId="77777777" w:rsidR="0045437B" w:rsidRPr="00AF5198" w:rsidRDefault="0045437B" w:rsidP="0045437B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>199.288,39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B80C7BF" w14:textId="06BB162D" w:rsidR="0045437B" w:rsidRPr="00AF5198" w:rsidRDefault="0045437B" w:rsidP="0045437B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>220.000,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="067BC547" w14:textId="2C959F66" w:rsidR="0045437B" w:rsidRPr="00AF5198" w:rsidRDefault="00263845" w:rsidP="0045437B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PGI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0045437B" w:rsidRPr="00AF5198" w14:paraId="4F12C3A7" w14:textId="77777777" w:rsidTr="0045437B">
+        <w:trPr>
+          <w:trHeight w:val="1403"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1600" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E003AE1" w14:textId="77777777" w:rsidR="0045437B" w:rsidRPr="00AF5198" w:rsidRDefault="0045437B" w:rsidP="0045437B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>4.1.3. Zbrinjavanje pokretnina kod ovlaštenih tijela</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1803" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C6DB16A" w14:textId="77777777" w:rsidR="009F7CEA" w:rsidRDefault="009F7CEA" w:rsidP="0045437B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="49DFC392" w14:textId="4AA0230E" w:rsidR="0045437B" w:rsidRPr="00AF5198" w:rsidRDefault="0045437B" w:rsidP="0045437B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Broj pokretnina koje su zbrinute kod ovlaštenih tijela u odnosu na broj pokretnina za koje je donesena odluka o zbrinjavanju</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="285E9F38" w14:textId="77777777" w:rsidR="0045437B" w:rsidRPr="00AF5198" w:rsidRDefault="0045437B" w:rsidP="0045437B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">100% </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="510EDF64" w14:textId="77777777" w:rsidR="0045437B" w:rsidRPr="00AF5198" w:rsidRDefault="0045437B" w:rsidP="0045437B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>(broj donesenih Odluka: 22</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="429CD412" w14:textId="77777777" w:rsidR="0045437B" w:rsidRPr="00AF5198" w:rsidRDefault="0045437B" w:rsidP="0045437B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>broj zbrinutih pokretnina: 22)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1580A117" w14:textId="77777777" w:rsidR="0045437B" w:rsidRPr="00AF5198" w:rsidRDefault="0045437B" w:rsidP="0045437B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>95%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02B0AE13" w14:textId="3A58F37A" w:rsidR="0045437B" w:rsidRPr="00AF5198" w:rsidRDefault="00263845" w:rsidP="0045437B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PGI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0045437B" w:rsidRPr="00AF5198" w14:paraId="0DB0F8FD" w14:textId="77777777" w:rsidTr="0045437B">
+        <w:trPr>
+          <w:trHeight w:val="841"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1600" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="1DE8B2B7" w14:textId="77777777" w:rsidR="0045437B" w:rsidRPr="00AF5198" w:rsidRDefault="0045437B" w:rsidP="0045437B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1803" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AB74E2B" w14:textId="77777777" w:rsidR="009F7CEA" w:rsidRDefault="009F7CEA" w:rsidP="0045437B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="031CE72F" w14:textId="173C2DD7" w:rsidR="0045437B" w:rsidRPr="00AF5198" w:rsidRDefault="0045437B" w:rsidP="0045437B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Prihod po osnovi naknade za pokretnine zbrinute kod ovlaštenih tijela</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06DD9B3E" w14:textId="77777777" w:rsidR="0045437B" w:rsidRPr="00AF5198" w:rsidRDefault="0045437B" w:rsidP="0045437B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>1.080,20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="537" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E995098" w14:textId="524E8361" w:rsidR="0045437B" w:rsidRPr="00AF5198" w:rsidRDefault="0045437B" w:rsidP="0045437B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>2.000,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="523" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AB5DB75" w14:textId="5AC0A8AF" w:rsidR="0045437B" w:rsidRPr="00AF5198" w:rsidRDefault="00263845" w:rsidP="0045437B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PGI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="594CC173" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF5198">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Napomena: Početnu vrijednost pokazatelja rezultata predstavlja ostvarena vrijednost na dan 31. prosinca 2024., a ciljanu vrijednost predstavlja planirana vrijednost na dan 31. prosinca 2026.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="331EA701" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39F98F54" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46C5A830" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Reetkatablice2"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4506"/>
+        <w:gridCol w:w="4568"/>
+        <w:gridCol w:w="1735"/>
+        <w:gridCol w:w="1724"/>
+        <w:gridCol w:w="1461"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AF5198" w:rsidRPr="00362A16" w14:paraId="382BC6DE" w14:textId="77777777" w:rsidTr="002918F7">
+        <w:trPr>
+          <w:trHeight w:val="673"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+          </w:tcPr>
+          <w:p w14:paraId="27D20AE3" w14:textId="7ABEDF68" w:rsidR="00AF5198" w:rsidRPr="00362A16" w:rsidRDefault="00AF5198" w:rsidP="00362A16">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00362A16">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>STRATEŠKI CILJ 4: Učinkovito upravljanje pokretninama u vlasništvu Republike Hrvatske i privremeno oduzetom imovinom</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FF86AF3" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00362A16" w:rsidRDefault="00AF5198" w:rsidP="00362A16">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00362A16">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>MJERA: 4.2. Unaprjeđenje upravljanja privremeno oduzetom imovinom</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AF5198" w:rsidRPr="00AF5198" w14:paraId="11E07F04" w14:textId="77777777" w:rsidTr="002918F7">
+        <w:trPr>
+          <w:trHeight w:val="910"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1610" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0278FD48" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>AKTIVNOSTI/</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76996355" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>NAČIN OSTVARENJA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7584AC37" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>POKAZATELJI REZULTATA ZA AKTIVNOSTI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="620" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7DCF9FF4" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>POČETNA VRIJEDNOST (2024.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="616" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="21385C16" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>CILJANA VRIJEDNOST (2026.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent1" w:themeFillTint="66"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29613950" w14:textId="05FEDC61" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="0045437B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>NOSITELJ</w:t>
+            </w:r>
+            <w:r w:rsidR="0059634B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> PROVEDBE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0045437B" w:rsidRPr="00AF5198" w14:paraId="5F110154" w14:textId="77777777" w:rsidTr="00B51DA7">
+        <w:trPr>
+          <w:trHeight w:val="1388"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1610" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C7584D5" w14:textId="77777777" w:rsidR="0045437B" w:rsidRPr="00AF5198" w:rsidRDefault="0045437B" w:rsidP="0045437B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>4.2.1. Aktivacija pokretnina i nekretnina koje su privremeno oduzete u kaznenim postupcima kroz prodaju/davanje na uporabu/ najam ili zakup, a za koje je donesena odluka nadležnog tijela o privremenom oduzimanju i predaji na upravljanje Ministarstvu te koje su u posjedu Ministarstva</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="7375CB0C" w14:textId="77777777" w:rsidR="0045437B" w:rsidRPr="00AF5198" w:rsidRDefault="0045437B" w:rsidP="0045437B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Broj donesenih odluka o prodaji/davanju na uporabu/ najmu ili zakupu privremeno oduzetih pokretnina i nekretnina u odnosu na broj pokretnina i nekretnina za koje je donesena odluka nadležnog tijela o privremenom oduzimanju i predaji na upravljanje Ministarstvu te koje su u posjedu Ministarstva</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="620" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08FB8C51" w14:textId="64854766" w:rsidR="0045437B" w:rsidRPr="00AF5198" w:rsidRDefault="0045437B" w:rsidP="0045437B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>66,66%</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">(broj Odluka </w:t>
+            </w:r>
+            <w:r w:rsidR="00343A9C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Ministarstva</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>: 14</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>broj preuzetnih pokretnina: 21)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="616" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3542A3C4" w14:textId="77777777" w:rsidR="0045437B" w:rsidRPr="00AF5198" w:rsidRDefault="0045437B" w:rsidP="0045437B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>70%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="589173B6" w14:textId="1B1EC6A1" w:rsidR="0045437B" w:rsidRPr="00AF5198" w:rsidRDefault="00263845" w:rsidP="0045437B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PGI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0045437B" w:rsidRPr="00AF5198" w14:paraId="25F1DCB1" w14:textId="77777777" w:rsidTr="00B51DA7">
+        <w:trPr>
+          <w:trHeight w:val="1138"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1610" w:type="pct"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2A6CE928" w14:textId="77777777" w:rsidR="0045437B" w:rsidRPr="00AF5198" w:rsidRDefault="0045437B" w:rsidP="0045437B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F395DC0" w14:textId="77777777" w:rsidR="0045437B" w:rsidRPr="00AF5198" w:rsidRDefault="0045437B" w:rsidP="0045437B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Vrijednost privremeno oduzetih pokretnina i nekretnina predanih kupcima, korisnicima, najmoprimcima ili zakupcima, a za koje je donesena odluka o prodaji/davanju na uporabu/ najmu ili zakupu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="620" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46CE6DC2" w14:textId="77777777" w:rsidR="0045437B" w:rsidRPr="00AF5198" w:rsidRDefault="0045437B" w:rsidP="0045437B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>233.718,35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="616" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7855919A" w14:textId="1B8DD8FE" w:rsidR="0045437B" w:rsidRPr="00AF5198" w:rsidRDefault="0045437B" w:rsidP="0045437B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>300.000,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05BFB0E4" w14:textId="2CEB4A84" w:rsidR="0045437B" w:rsidRPr="00AF5198" w:rsidRDefault="00263845" w:rsidP="0045437B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PGI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0045437B" w:rsidRPr="00AF5198" w14:paraId="7E25AB84" w14:textId="77777777" w:rsidTr="00B51DA7">
+        <w:trPr>
+          <w:trHeight w:val="606"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1610" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AAC3F2D" w14:textId="77777777" w:rsidR="0045437B" w:rsidRPr="00AF5198" w:rsidRDefault="0045437B" w:rsidP="0045437B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>4.2.2. Upravljanje privremeno oduzetim novčanim sredstvima uplaćenim na jedinstveni račun Državnog proračuna i račun za strane valute kod kreditne institucije ovisno o pravomoćnim sudskim odlukama</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1632" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="34BB5905" w14:textId="77777777" w:rsidR="009F7CEA" w:rsidRDefault="009F7CEA" w:rsidP="0045437B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4D00891F" w14:textId="653EC93F" w:rsidR="0045437B" w:rsidRPr="00AF5198" w:rsidRDefault="0045437B" w:rsidP="0045437B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Vrijednost izvršenih pravomoćnih odluka</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="620" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28995A0E" w14:textId="77777777" w:rsidR="0045437B" w:rsidRPr="00AF5198" w:rsidRDefault="0045437B" w:rsidP="0045437B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>4.404.225,63</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="616" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E20A53A" w14:textId="2BCA4A49" w:rsidR="0045437B" w:rsidRPr="00AF5198" w:rsidRDefault="0045437B" w:rsidP="0045437B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>4.500.000,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="522" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="656F6940" w14:textId="7B0C19CA" w:rsidR="0045437B" w:rsidRPr="00AF5198" w:rsidRDefault="00263845" w:rsidP="0045437B">
+            <w:pPr>
+              <w:widowControl/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF5198">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="auto"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>PGI</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0631DD0B" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF5198">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>Napomena: Početnu vrijednost pokazatelja rezultata predstavlja ostvarena vrijednost na dan 31. prosinca 2024., a ciljanu vrijednost predstavlja planirana vrijednost na dan 31. prosinca 2026.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41F9ACAA" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2261BC0B" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A77B403" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D418B89" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56930CAA" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+      <w:pPr>
+        <w:widowControl/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6259C660" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="291C2AF1" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidSect="00AF5198">
+          <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
+          <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38A81FC4" w14:textId="77777777" w:rsidR="00AF5198" w:rsidRPr="00AF5198" w:rsidRDefault="00AF5198" w:rsidP="00AF5198">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00966B23" w14:textId="77777777" w:rsidR="00BE037A" w:rsidRPr="00353620" w:rsidRDefault="00BE037A" w:rsidP="007551F0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00BE037A" w:rsidRPr="00353620" w:rsidSect="00AF5198">
+      <w:type w:val="continuous"/>
+      <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
+      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:num="3" w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
+    </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/aFChunk" Target="/word/afchunk.dat" Id="myId" /></Relationships>
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="758764AB" w14:textId="77777777" w:rsidR="004F7E5F" w:rsidRDefault="004F7E5F" w:rsidP="002A769B">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="08CCCAE4" w14:textId="77777777" w:rsidR="004F7E5F" w:rsidRDefault="004F7E5F" w:rsidP="002A769B">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
+
+<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="1403259928"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p w14:paraId="1FD78043" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00A270D5" w:rsidRDefault="00E01ECB">
+        <w:pPr>
+          <w:pStyle w:val="Podnoje"/>
+          <w:jc w:val="center"/>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r w:rsidRPr="00A270D5">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="00A270D5">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="00A270D5">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="00A270D5">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00A270D5">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="29605738" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRDefault="00E01ECB">
+    <w:pPr>
+      <w:spacing w:line="1" w:lineRule="exact"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="226B0727" w14:textId="608EFF34" w:rsidR="000A0357" w:rsidRDefault="000A0357">
+    <w:pPr>
+      <w:pStyle w:val="Podnoje"/>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="4D19AC3E" w14:textId="77777777" w:rsidR="000A0357" w:rsidRPr="000A0357" w:rsidRDefault="000A0357" w:rsidP="000A0357">
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="404040"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:color w:val="404040"/>
+        <w:spacing w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="000A0357">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:color w:val="404040"/>
+        <w:spacing w:val="20"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>Banski dvori | Trg Sv. Marka 2  | 10000 Zagreb | tel. 01 4569 222 | vlada.gov.hr</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="01A141EE" w14:textId="77777777" w:rsidR="000A0357" w:rsidRDefault="000A0357">
+    <w:pPr>
+      <w:pStyle w:val="Podnoje"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="-444084789"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p w14:paraId="18A6897E" w14:textId="6067375F" w:rsidR="00A270D5" w:rsidRPr="00A270D5" w:rsidRDefault="00A270D5">
+        <w:pPr>
+          <w:pStyle w:val="Podnoje"/>
+          <w:jc w:val="center"/>
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r w:rsidRPr="00A270D5">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="00A270D5">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="00A270D5">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="00A270D5">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00A270D5">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="79B2CD2B" w14:textId="77777777" w:rsidR="00A1099C" w:rsidRDefault="00A1099C">
+    <w:pPr>
+      <w:spacing w:line="1" w:lineRule="exact"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="64F2D624" w14:textId="77777777" w:rsidR="004F7E5F" w:rsidRDefault="004F7E5F" w:rsidP="002A769B">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="5E3EABEA" w14:textId="77777777" w:rsidR="004F7E5F" w:rsidRDefault="004F7E5F" w:rsidP="002A769B">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="1">
+    <w:p w14:paraId="78147ED9" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:pStyle w:val="Tekstfusnote"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D07CB8">
+        <w:rPr>
+          <w:rStyle w:val="Footnote"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Courier New" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00121493">
+        <w:rPr>
+          <w:rStyle w:val="Footnote"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Courier New" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Footnote"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Courier New" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zakon je dostupan na poveznici: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00121493">
+        <w:rPr>
+          <w:rStyle w:val="Footnote"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Courier New" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>https://narodne-novine.nn.hr/clanci/sluzbeni/2023_12_155_2361.html</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="2">
+    <w:p w14:paraId="45533E12" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00B72AF0" w:rsidRDefault="00E01ECB" w:rsidP="00E01ECB">
+      <w:pPr>
+        <w:pStyle w:val="Tekstfusnote"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Referencafusnote"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B72AF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Nekretnine pod posebnim načinom upravljanja su nekretnine koje su postale vlasništvo Republike Hrvatske na temelju Uredbe o zabrani raspolaganja i preuzimanju sredstava određenih pravnih osoba na teritoriju Republike</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Hrvatske („Narodne novine“, broj</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B72AF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 40/92.) odnosno Zakona o zabrani raspolaganja i preuzimanju sredstava određenih pravnih osoba na </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>teritoriju Republike Hrvatske („Narodne novine“</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B72AF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>, br. 29/94. i 35/94.) i nekretnine</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B72AF0">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B72AF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>koje su pod zabranom raspolaganja na temelju Uredbe o zabrani raspolaganja nekretninama na teritoriju Republike</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Hrvatske („Narodne novine“, broj</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B72AF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 36/91.).</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="25812077" w14:textId="77777777" w:rsidR="00E01ECB" w:rsidRPr="00FD176C" w:rsidRDefault="00E01ECB" w:rsidP="00A270D5">
+    <w:pPr>
+      <w:pStyle w:val="Zaglavlje"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5CECC44C" w14:textId="252B1DA4" w:rsidR="00A1099C" w:rsidRPr="00FD176C" w:rsidRDefault="00A1099C" w:rsidP="00A270D5">
+    <w:pPr>
+      <w:pStyle w:val="Zaglavlje"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="030875C8"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="988CA292"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="468" w:hanging="468"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="468" w:hanging="468"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="059A1C03"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="93A0CC7C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:position w:val="0"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:lang w:val="hr-HR" w:eastAsia="hr-HR" w:bidi="hr-HR"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0B0A42B9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="38403BCC"/>
+    <w:lvl w:ilvl="0" w:tplc="A26EFD68">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0DA369B1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F718E38A"/>
+    <w:lvl w:ilvl="0" w:tplc="041A000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="14C86862"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FE8CCAEE"/>
+    <w:lvl w:ilvl="0" w:tplc="7676FC0C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1D630997"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="CC28CFEE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:color w:val="auto"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:position w:val="0"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:lang w:val="hr-HR" w:eastAsia="hr-HR" w:bidi="hr-HR"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="23E95B0E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FF085DB2"/>
+    <w:lvl w:ilvl="0" w:tplc="6F2085E4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Courier New" w:hAnsi="Symbol" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="23FE05E7"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="636C9C58"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:position w:val="0"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:lang w:val="hr-HR" w:eastAsia="hr-HR" w:bidi="hr-HR"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="240D518F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="8078FD06"/>
+    <w:styleLink w:val="Trenutnipopis1"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="25F613C2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="029ED0A0"/>
+    <w:lvl w:ilvl="0" w:tplc="041A000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="27103AC1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="228CD5B6"/>
+    <w:lvl w:ilvl="0" w:tplc="2D36C0EE">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Calibri" w:hint="default"/>
+        <w:color w:val="auto"/>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="307E077D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E0FCC472"/>
+    <w:lvl w:ilvl="0" w:tplc="BA862A5E">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Calibri" w:hint="default"/>
+        <w:color w:val="auto"/>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="415D4EB2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="5D4CBCA8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1140" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1140" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1500" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1500" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1860" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1860" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2220" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2220" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2580" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="483A2613"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="AEBE49A4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4F095B59"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7638E6D6"/>
+    <w:lvl w:ilvl="0" w:tplc="2D5EF81A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1260" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="BD84E6A2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1260" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="696024B0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1260" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="D41CDFCC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1260" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="4A1ECDDE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1260" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="4EB4CAA8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1260" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="434ABA1A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1260" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="034E41C8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1260" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="14A084D8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1260" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="51735CEC"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3F7CFE08"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:position w:val="0"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:lang w:val="hr-HR" w:eastAsia="hr-HR" w:bidi="hr-HR"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="519513A7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5AA0FD9A"/>
+    <w:lvl w:ilvl="0" w:tplc="041A0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="54D41FBE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FC7A6D24"/>
+    <w:lvl w:ilvl="0" w:tplc="0198A3DE">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="659A1C71"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E7F67778"/>
+    <w:lvl w:ilvl="0" w:tplc="F4588536">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="67766673"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3E1E7DEC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:position w:val="0"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:lang w:val="hr-HR" w:eastAsia="hr-HR" w:bidi="hr-HR"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="69FB7F31"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="BBEE3C32"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="450" w:hanging="450"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="750" w:hanging="450"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1320" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1620" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2280" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2580" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3540" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6C332603"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="15A243F0"/>
+    <w:lvl w:ilvl="0" w:tplc="041A000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6C8E4B1F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="37E820B2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:position w:val="0"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:u w:val="none"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+        <w:lang w:val="hr-HR" w:eastAsia="hr-HR" w:bidi="hr-HR"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="71093583"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BACEE194"/>
+    <w:lvl w:ilvl="0" w:tplc="93C8D144">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="72AD1621"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="322409BC"/>
+    <w:lvl w:ilvl="0" w:tplc="7DC678C8">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Calibri" w:hint="default"/>
+        <w:color w:val="auto"/>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="041A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="041A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="041A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="041A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="041A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="041A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="041A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="041A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="562759640">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="559445419">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1182277254">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1131629712">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="236676902">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1570118527">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="490756936">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="290987126">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="724990007">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1824347162">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1956669843">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1766264963">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="687871469">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1547643229">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1364473871">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="1514226801">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1985766981">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="699746647">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1161043286">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1597203407">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="570651531">
+    <w:abstractNumId w:val="5"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1"/>
+    <w:lvlOverride w:ilvl="2"/>
+    <w:lvlOverride w:ilvl="3"/>
+    <w:lvlOverride w:ilvl="4"/>
+    <w:lvlOverride w:ilvl="5"/>
+    <w:lvlOverride w:ilvl="6"/>
+    <w:lvlOverride w:ilvl="7"/>
+    <w:lvlOverride w:ilvl="8"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1272472584">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="678892504">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1660844331">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1378705057">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="1603563911">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:numIdMacAtCleanup w:val="10"/>
+</w:numbering>
+</file>
+
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:defaultTabStop w:val="708"/>
+  <w:hyphenationZone w:val="425"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="002A769B"/>
+    <w:rsid w:val="000019F6"/>
+    <w:rsid w:val="000020D3"/>
+    <w:rsid w:val="00002496"/>
+    <w:rsid w:val="000028FB"/>
+    <w:rsid w:val="00003600"/>
+    <w:rsid w:val="00003D50"/>
+    <w:rsid w:val="00004074"/>
+    <w:rsid w:val="000044FA"/>
+    <w:rsid w:val="00004A4A"/>
+    <w:rsid w:val="00004B83"/>
+    <w:rsid w:val="00005991"/>
+    <w:rsid w:val="00005F7C"/>
+    <w:rsid w:val="00006662"/>
+    <w:rsid w:val="00007485"/>
+    <w:rsid w:val="000074AC"/>
+    <w:rsid w:val="0000797D"/>
+    <w:rsid w:val="00007B37"/>
+    <w:rsid w:val="0001008C"/>
+    <w:rsid w:val="00011D79"/>
+    <w:rsid w:val="00013B19"/>
+    <w:rsid w:val="00014052"/>
+    <w:rsid w:val="00014735"/>
+    <w:rsid w:val="0001571C"/>
+    <w:rsid w:val="00015775"/>
+    <w:rsid w:val="000158CE"/>
+    <w:rsid w:val="00016C64"/>
+    <w:rsid w:val="00017118"/>
+    <w:rsid w:val="0002033E"/>
+    <w:rsid w:val="00020F47"/>
+    <w:rsid w:val="000213C7"/>
+    <w:rsid w:val="0002216A"/>
+    <w:rsid w:val="000223F7"/>
+    <w:rsid w:val="000231ED"/>
+    <w:rsid w:val="00023639"/>
+    <w:rsid w:val="00023C15"/>
+    <w:rsid w:val="00023D2F"/>
+    <w:rsid w:val="00024034"/>
+    <w:rsid w:val="000240A0"/>
+    <w:rsid w:val="000248D2"/>
+    <w:rsid w:val="00025F46"/>
+    <w:rsid w:val="00026523"/>
+    <w:rsid w:val="0002682F"/>
+    <w:rsid w:val="000275B1"/>
+    <w:rsid w:val="00027F2D"/>
+    <w:rsid w:val="000301A8"/>
+    <w:rsid w:val="0003050B"/>
+    <w:rsid w:val="000309F6"/>
+    <w:rsid w:val="00030FD5"/>
+    <w:rsid w:val="000312A0"/>
+    <w:rsid w:val="000313A3"/>
+    <w:rsid w:val="00032B60"/>
+    <w:rsid w:val="000341EC"/>
+    <w:rsid w:val="000363D6"/>
+    <w:rsid w:val="000376F2"/>
+    <w:rsid w:val="000403C3"/>
+    <w:rsid w:val="00041316"/>
+    <w:rsid w:val="000428AE"/>
+    <w:rsid w:val="00043D99"/>
+    <w:rsid w:val="0004412D"/>
+    <w:rsid w:val="00044FB1"/>
+    <w:rsid w:val="0004551D"/>
+    <w:rsid w:val="00046569"/>
+    <w:rsid w:val="00046D19"/>
+    <w:rsid w:val="00046DDA"/>
+    <w:rsid w:val="00050BA9"/>
+    <w:rsid w:val="00051804"/>
+    <w:rsid w:val="00051F53"/>
+    <w:rsid w:val="00053494"/>
+    <w:rsid w:val="00053796"/>
+    <w:rsid w:val="00053C9D"/>
+    <w:rsid w:val="00055A6A"/>
+    <w:rsid w:val="00056BC4"/>
+    <w:rsid w:val="00056E7B"/>
+    <w:rsid w:val="00057D63"/>
+    <w:rsid w:val="00061A83"/>
+    <w:rsid w:val="000620AD"/>
+    <w:rsid w:val="00062427"/>
+    <w:rsid w:val="00063008"/>
+    <w:rsid w:val="000635EC"/>
+    <w:rsid w:val="0006450C"/>
+    <w:rsid w:val="00065A24"/>
+    <w:rsid w:val="00065F71"/>
+    <w:rsid w:val="00066212"/>
+    <w:rsid w:val="00066330"/>
+    <w:rsid w:val="000664B3"/>
+    <w:rsid w:val="000665B0"/>
+    <w:rsid w:val="0006669F"/>
+    <w:rsid w:val="00066F28"/>
+    <w:rsid w:val="00067EE8"/>
+    <w:rsid w:val="0007229C"/>
+    <w:rsid w:val="00072430"/>
+    <w:rsid w:val="00073325"/>
+    <w:rsid w:val="00074811"/>
+    <w:rsid w:val="00076FC8"/>
+    <w:rsid w:val="000826A3"/>
+    <w:rsid w:val="000852A8"/>
+    <w:rsid w:val="000861E6"/>
+    <w:rsid w:val="00086284"/>
+    <w:rsid w:val="00086672"/>
+    <w:rsid w:val="000866F5"/>
+    <w:rsid w:val="000871F8"/>
+    <w:rsid w:val="00087665"/>
+    <w:rsid w:val="000904E4"/>
+    <w:rsid w:val="0009190D"/>
+    <w:rsid w:val="00092758"/>
+    <w:rsid w:val="00092B3A"/>
+    <w:rsid w:val="00095196"/>
+    <w:rsid w:val="00097F49"/>
+    <w:rsid w:val="000A0357"/>
+    <w:rsid w:val="000A0A3E"/>
+    <w:rsid w:val="000A1939"/>
+    <w:rsid w:val="000A26AA"/>
+    <w:rsid w:val="000A3D09"/>
+    <w:rsid w:val="000A4A10"/>
+    <w:rsid w:val="000A4C25"/>
+    <w:rsid w:val="000A526A"/>
+    <w:rsid w:val="000A531B"/>
+    <w:rsid w:val="000A5D0E"/>
+    <w:rsid w:val="000A6316"/>
+    <w:rsid w:val="000A6BAE"/>
+    <w:rsid w:val="000A7D5D"/>
+    <w:rsid w:val="000A7E15"/>
+    <w:rsid w:val="000B12CF"/>
+    <w:rsid w:val="000B2589"/>
+    <w:rsid w:val="000B39D5"/>
+    <w:rsid w:val="000B40A7"/>
+    <w:rsid w:val="000B4561"/>
+    <w:rsid w:val="000B4C13"/>
+    <w:rsid w:val="000B6241"/>
+    <w:rsid w:val="000B631C"/>
+    <w:rsid w:val="000B644B"/>
+    <w:rsid w:val="000B6999"/>
+    <w:rsid w:val="000B699F"/>
+    <w:rsid w:val="000B6EDD"/>
+    <w:rsid w:val="000B6FEB"/>
+    <w:rsid w:val="000C036A"/>
+    <w:rsid w:val="000C0653"/>
+    <w:rsid w:val="000C18F2"/>
+    <w:rsid w:val="000C21C2"/>
+    <w:rsid w:val="000C2980"/>
+    <w:rsid w:val="000C4316"/>
+    <w:rsid w:val="000C43FA"/>
+    <w:rsid w:val="000C65D3"/>
+    <w:rsid w:val="000C7F9E"/>
+    <w:rsid w:val="000D0548"/>
+    <w:rsid w:val="000D0FBB"/>
+    <w:rsid w:val="000D11BE"/>
+    <w:rsid w:val="000D18B9"/>
+    <w:rsid w:val="000D1C22"/>
+    <w:rsid w:val="000D1CE0"/>
+    <w:rsid w:val="000D3068"/>
+    <w:rsid w:val="000D3296"/>
+    <w:rsid w:val="000D3DD9"/>
+    <w:rsid w:val="000D4953"/>
+    <w:rsid w:val="000D529D"/>
+    <w:rsid w:val="000D56F5"/>
+    <w:rsid w:val="000D7D14"/>
+    <w:rsid w:val="000E00A7"/>
+    <w:rsid w:val="000E03E9"/>
+    <w:rsid w:val="000E19FD"/>
+    <w:rsid w:val="000E2284"/>
+    <w:rsid w:val="000E2564"/>
+    <w:rsid w:val="000E2C9C"/>
+    <w:rsid w:val="000E483A"/>
+    <w:rsid w:val="000E49A7"/>
+    <w:rsid w:val="000E5D25"/>
+    <w:rsid w:val="000F0926"/>
+    <w:rsid w:val="000F2335"/>
+    <w:rsid w:val="000F25B9"/>
+    <w:rsid w:val="000F4F6F"/>
+    <w:rsid w:val="000F6CA1"/>
+    <w:rsid w:val="000F70C5"/>
+    <w:rsid w:val="000F7C27"/>
+    <w:rsid w:val="00100098"/>
+    <w:rsid w:val="001002D5"/>
+    <w:rsid w:val="001005D8"/>
+    <w:rsid w:val="001011BE"/>
+    <w:rsid w:val="001019D2"/>
+    <w:rsid w:val="00101DE7"/>
+    <w:rsid w:val="00101E35"/>
+    <w:rsid w:val="0010201A"/>
+    <w:rsid w:val="0010219D"/>
+    <w:rsid w:val="00102A56"/>
+    <w:rsid w:val="00102F20"/>
+    <w:rsid w:val="001035FE"/>
+    <w:rsid w:val="00104995"/>
+    <w:rsid w:val="001056E6"/>
+    <w:rsid w:val="001056F3"/>
+    <w:rsid w:val="00105A66"/>
+    <w:rsid w:val="00105A8A"/>
+    <w:rsid w:val="00105B9B"/>
+    <w:rsid w:val="0010767B"/>
+    <w:rsid w:val="001110DF"/>
+    <w:rsid w:val="00111511"/>
+    <w:rsid w:val="00111FE6"/>
+    <w:rsid w:val="0011224E"/>
+    <w:rsid w:val="0011283F"/>
+    <w:rsid w:val="00112925"/>
+    <w:rsid w:val="00112B56"/>
+    <w:rsid w:val="00112E38"/>
+    <w:rsid w:val="00112E9D"/>
+    <w:rsid w:val="00113328"/>
+    <w:rsid w:val="00113FC4"/>
+    <w:rsid w:val="00115EAE"/>
+    <w:rsid w:val="00116A1D"/>
+    <w:rsid w:val="00116D92"/>
+    <w:rsid w:val="0011716A"/>
+    <w:rsid w:val="001175CC"/>
+    <w:rsid w:val="00117EE6"/>
+    <w:rsid w:val="00117F97"/>
+    <w:rsid w:val="00120453"/>
+    <w:rsid w:val="0012103D"/>
+    <w:rsid w:val="00121448"/>
+    <w:rsid w:val="00121493"/>
+    <w:rsid w:val="00121729"/>
+    <w:rsid w:val="001217D1"/>
+    <w:rsid w:val="00121B5F"/>
+    <w:rsid w:val="001222B5"/>
+    <w:rsid w:val="001223C1"/>
+    <w:rsid w:val="001234FF"/>
+    <w:rsid w:val="00123BD9"/>
+    <w:rsid w:val="001242A5"/>
+    <w:rsid w:val="00125EAC"/>
+    <w:rsid w:val="001262C1"/>
+    <w:rsid w:val="0012669D"/>
+    <w:rsid w:val="001268AD"/>
+    <w:rsid w:val="00126A4B"/>
+    <w:rsid w:val="00126B0F"/>
+    <w:rsid w:val="001318DA"/>
+    <w:rsid w:val="00133FC6"/>
+    <w:rsid w:val="00134825"/>
+    <w:rsid w:val="00134CB3"/>
+    <w:rsid w:val="00134ED2"/>
+    <w:rsid w:val="001351C7"/>
+    <w:rsid w:val="001359E1"/>
+    <w:rsid w:val="00135EAB"/>
+    <w:rsid w:val="001375C6"/>
+    <w:rsid w:val="00137D8A"/>
+    <w:rsid w:val="00137ECC"/>
+    <w:rsid w:val="001407B6"/>
+    <w:rsid w:val="00141199"/>
+    <w:rsid w:val="00141717"/>
+    <w:rsid w:val="00142A2E"/>
+    <w:rsid w:val="00142E49"/>
+    <w:rsid w:val="00143276"/>
+    <w:rsid w:val="00143484"/>
+    <w:rsid w:val="001460F4"/>
+    <w:rsid w:val="001479B9"/>
+    <w:rsid w:val="001503D4"/>
+    <w:rsid w:val="00150DC4"/>
+    <w:rsid w:val="00150E53"/>
+    <w:rsid w:val="00151B72"/>
+    <w:rsid w:val="00151C32"/>
+    <w:rsid w:val="001543B0"/>
+    <w:rsid w:val="00154591"/>
+    <w:rsid w:val="001554BA"/>
+    <w:rsid w:val="00155A67"/>
+    <w:rsid w:val="00155AAA"/>
+    <w:rsid w:val="001564F8"/>
+    <w:rsid w:val="001565C9"/>
+    <w:rsid w:val="00157682"/>
+    <w:rsid w:val="00160EFB"/>
+    <w:rsid w:val="001628FA"/>
+    <w:rsid w:val="00162E89"/>
+    <w:rsid w:val="00163614"/>
+    <w:rsid w:val="0016427A"/>
+    <w:rsid w:val="001642A2"/>
+    <w:rsid w:val="0016555A"/>
+    <w:rsid w:val="001670DD"/>
+    <w:rsid w:val="00167689"/>
+    <w:rsid w:val="0016792A"/>
+    <w:rsid w:val="00167941"/>
+    <w:rsid w:val="00167E4B"/>
+    <w:rsid w:val="00167FA3"/>
+    <w:rsid w:val="00170D9C"/>
+    <w:rsid w:val="001724A9"/>
+    <w:rsid w:val="0017375C"/>
+    <w:rsid w:val="00173F87"/>
+    <w:rsid w:val="00174301"/>
+    <w:rsid w:val="00176C4F"/>
+    <w:rsid w:val="00176D7F"/>
+    <w:rsid w:val="001773E2"/>
+    <w:rsid w:val="00177B48"/>
+    <w:rsid w:val="00182299"/>
+    <w:rsid w:val="00182F8B"/>
+    <w:rsid w:val="001833F1"/>
+    <w:rsid w:val="00183486"/>
+    <w:rsid w:val="00183597"/>
+    <w:rsid w:val="00183780"/>
+    <w:rsid w:val="00183F6E"/>
+    <w:rsid w:val="00183FCD"/>
+    <w:rsid w:val="00185D02"/>
+    <w:rsid w:val="00186189"/>
+    <w:rsid w:val="00187863"/>
+    <w:rsid w:val="001878ED"/>
+    <w:rsid w:val="00187F8D"/>
+    <w:rsid w:val="00193B44"/>
+    <w:rsid w:val="00194FD1"/>
+    <w:rsid w:val="00196428"/>
+    <w:rsid w:val="00197AFF"/>
+    <w:rsid w:val="001A0D6F"/>
+    <w:rsid w:val="001A17D8"/>
+    <w:rsid w:val="001A18EA"/>
+    <w:rsid w:val="001A1AB3"/>
+    <w:rsid w:val="001A2841"/>
+    <w:rsid w:val="001A3C71"/>
+    <w:rsid w:val="001A406B"/>
+    <w:rsid w:val="001A4715"/>
+    <w:rsid w:val="001A4B39"/>
+    <w:rsid w:val="001A5C93"/>
+    <w:rsid w:val="001A6782"/>
+    <w:rsid w:val="001A6DC1"/>
+    <w:rsid w:val="001A7783"/>
+    <w:rsid w:val="001B123D"/>
+    <w:rsid w:val="001B13DA"/>
+    <w:rsid w:val="001B153C"/>
+    <w:rsid w:val="001B1673"/>
+    <w:rsid w:val="001B1906"/>
+    <w:rsid w:val="001B1DEC"/>
+    <w:rsid w:val="001B1FAF"/>
+    <w:rsid w:val="001B2EB6"/>
+    <w:rsid w:val="001B37DA"/>
+    <w:rsid w:val="001B5FC9"/>
+    <w:rsid w:val="001B7568"/>
+    <w:rsid w:val="001B79FB"/>
+    <w:rsid w:val="001B7A73"/>
+    <w:rsid w:val="001B7AEB"/>
+    <w:rsid w:val="001B7AEF"/>
+    <w:rsid w:val="001C0549"/>
+    <w:rsid w:val="001C06BF"/>
+    <w:rsid w:val="001C0BA5"/>
+    <w:rsid w:val="001C1078"/>
+    <w:rsid w:val="001C177D"/>
+    <w:rsid w:val="001C320B"/>
+    <w:rsid w:val="001C3412"/>
+    <w:rsid w:val="001C3858"/>
+    <w:rsid w:val="001C3BB8"/>
+    <w:rsid w:val="001C5439"/>
+    <w:rsid w:val="001C5D20"/>
+    <w:rsid w:val="001D0322"/>
+    <w:rsid w:val="001D1C1E"/>
+    <w:rsid w:val="001D1C6E"/>
+    <w:rsid w:val="001D2234"/>
+    <w:rsid w:val="001D2FE3"/>
+    <w:rsid w:val="001D465A"/>
+    <w:rsid w:val="001D49DB"/>
+    <w:rsid w:val="001D4F83"/>
+    <w:rsid w:val="001D5030"/>
+    <w:rsid w:val="001D54E9"/>
+    <w:rsid w:val="001D5D98"/>
+    <w:rsid w:val="001D66BF"/>
+    <w:rsid w:val="001D77D2"/>
+    <w:rsid w:val="001D7E70"/>
+    <w:rsid w:val="001E07C3"/>
+    <w:rsid w:val="001E0CD5"/>
+    <w:rsid w:val="001E21F6"/>
+    <w:rsid w:val="001E2C81"/>
+    <w:rsid w:val="001E31E3"/>
+    <w:rsid w:val="001E3358"/>
+    <w:rsid w:val="001E3EDD"/>
+    <w:rsid w:val="001E3EF5"/>
+    <w:rsid w:val="001E4BFA"/>
+    <w:rsid w:val="001E5128"/>
+    <w:rsid w:val="001E6833"/>
+    <w:rsid w:val="001E714B"/>
+    <w:rsid w:val="001F005E"/>
+    <w:rsid w:val="001F0B11"/>
+    <w:rsid w:val="001F169C"/>
+    <w:rsid w:val="001F188C"/>
+    <w:rsid w:val="001F1BA3"/>
+    <w:rsid w:val="001F3323"/>
+    <w:rsid w:val="001F4F8B"/>
+    <w:rsid w:val="001F564D"/>
+    <w:rsid w:val="001F5AF7"/>
+    <w:rsid w:val="001F5FD7"/>
+    <w:rsid w:val="001F691C"/>
+    <w:rsid w:val="001F7C12"/>
+    <w:rsid w:val="001F7E45"/>
+    <w:rsid w:val="002002ED"/>
+    <w:rsid w:val="00200540"/>
+    <w:rsid w:val="002005CF"/>
+    <w:rsid w:val="00200E89"/>
+    <w:rsid w:val="00201533"/>
+    <w:rsid w:val="00201B89"/>
+    <w:rsid w:val="00203A8E"/>
+    <w:rsid w:val="00203BAA"/>
+    <w:rsid w:val="00204D15"/>
+    <w:rsid w:val="00204EFF"/>
+    <w:rsid w:val="00205462"/>
+    <w:rsid w:val="002063A9"/>
+    <w:rsid w:val="002067F2"/>
+    <w:rsid w:val="00210AEA"/>
+    <w:rsid w:val="002112C3"/>
+    <w:rsid w:val="002126C0"/>
+    <w:rsid w:val="002134BF"/>
+    <w:rsid w:val="002140DD"/>
+    <w:rsid w:val="002149F9"/>
+    <w:rsid w:val="002152B7"/>
+    <w:rsid w:val="002163A9"/>
+    <w:rsid w:val="00217F10"/>
+    <w:rsid w:val="0022131C"/>
+    <w:rsid w:val="002216FF"/>
+    <w:rsid w:val="00221E19"/>
+    <w:rsid w:val="00222160"/>
+    <w:rsid w:val="00224AA6"/>
+    <w:rsid w:val="002266A2"/>
+    <w:rsid w:val="00227528"/>
+    <w:rsid w:val="00227A38"/>
+    <w:rsid w:val="0023059B"/>
+    <w:rsid w:val="002306CF"/>
+    <w:rsid w:val="00231159"/>
+    <w:rsid w:val="002311B1"/>
+    <w:rsid w:val="002313A7"/>
+    <w:rsid w:val="00231E58"/>
+    <w:rsid w:val="00233BD1"/>
+    <w:rsid w:val="00235C24"/>
+    <w:rsid w:val="00236A9A"/>
+    <w:rsid w:val="00236ABB"/>
+    <w:rsid w:val="00237898"/>
+    <w:rsid w:val="002415B3"/>
+    <w:rsid w:val="0024315C"/>
+    <w:rsid w:val="00243D61"/>
+    <w:rsid w:val="002450B4"/>
+    <w:rsid w:val="00245146"/>
+    <w:rsid w:val="00246005"/>
+    <w:rsid w:val="002469F5"/>
+    <w:rsid w:val="00247766"/>
+    <w:rsid w:val="002478D4"/>
+    <w:rsid w:val="00247E02"/>
+    <w:rsid w:val="00247E51"/>
+    <w:rsid w:val="00247FEB"/>
+    <w:rsid w:val="002511FF"/>
+    <w:rsid w:val="002530EC"/>
+    <w:rsid w:val="00253377"/>
+    <w:rsid w:val="00253CBE"/>
+    <w:rsid w:val="00253D84"/>
+    <w:rsid w:val="002544EF"/>
+    <w:rsid w:val="00254D2F"/>
+    <w:rsid w:val="002554E4"/>
+    <w:rsid w:val="002563EB"/>
+    <w:rsid w:val="00256660"/>
+    <w:rsid w:val="00257E1B"/>
+    <w:rsid w:val="00260285"/>
+    <w:rsid w:val="00261B51"/>
+    <w:rsid w:val="0026284D"/>
+    <w:rsid w:val="002629CA"/>
+    <w:rsid w:val="002630BA"/>
+    <w:rsid w:val="00263845"/>
+    <w:rsid w:val="00263A8A"/>
+    <w:rsid w:val="00263FCB"/>
+    <w:rsid w:val="00264047"/>
+    <w:rsid w:val="002640E2"/>
+    <w:rsid w:val="002643AF"/>
+    <w:rsid w:val="00264DD0"/>
+    <w:rsid w:val="00264F69"/>
+    <w:rsid w:val="00265384"/>
+    <w:rsid w:val="0026540D"/>
+    <w:rsid w:val="0026583B"/>
+    <w:rsid w:val="002659E1"/>
+    <w:rsid w:val="00266B7D"/>
+    <w:rsid w:val="002677D0"/>
+    <w:rsid w:val="00267B32"/>
+    <w:rsid w:val="00267BCB"/>
+    <w:rsid w:val="00271108"/>
+    <w:rsid w:val="002729DF"/>
+    <w:rsid w:val="00273070"/>
+    <w:rsid w:val="002735AA"/>
+    <w:rsid w:val="0027387C"/>
+    <w:rsid w:val="002748DA"/>
+    <w:rsid w:val="002750C4"/>
+    <w:rsid w:val="0027544E"/>
+    <w:rsid w:val="00275EDE"/>
+    <w:rsid w:val="00276109"/>
+    <w:rsid w:val="002766C1"/>
+    <w:rsid w:val="00277B45"/>
+    <w:rsid w:val="00277E9E"/>
+    <w:rsid w:val="00280235"/>
+    <w:rsid w:val="002817B1"/>
+    <w:rsid w:val="002819FF"/>
+    <w:rsid w:val="00281BD7"/>
+    <w:rsid w:val="002841E5"/>
+    <w:rsid w:val="002851B4"/>
+    <w:rsid w:val="00286670"/>
+    <w:rsid w:val="002868F6"/>
+    <w:rsid w:val="002869EF"/>
+    <w:rsid w:val="00287731"/>
+    <w:rsid w:val="0029065A"/>
+    <w:rsid w:val="00290915"/>
+    <w:rsid w:val="002918F7"/>
+    <w:rsid w:val="002934A1"/>
+    <w:rsid w:val="00293C94"/>
+    <w:rsid w:val="00294274"/>
+    <w:rsid w:val="0029485D"/>
+    <w:rsid w:val="00295358"/>
+    <w:rsid w:val="00295E3D"/>
+    <w:rsid w:val="00295EB4"/>
+    <w:rsid w:val="002969EF"/>
+    <w:rsid w:val="00296A04"/>
+    <w:rsid w:val="00297F8D"/>
+    <w:rsid w:val="002A243A"/>
+    <w:rsid w:val="002A2644"/>
+    <w:rsid w:val="002A2C65"/>
+    <w:rsid w:val="002A59F3"/>
+    <w:rsid w:val="002A5EAA"/>
+    <w:rsid w:val="002A6AD4"/>
+    <w:rsid w:val="002A72B8"/>
+    <w:rsid w:val="002A769B"/>
+    <w:rsid w:val="002B077C"/>
+    <w:rsid w:val="002B2654"/>
+    <w:rsid w:val="002B389E"/>
+    <w:rsid w:val="002B5FC3"/>
+    <w:rsid w:val="002B6006"/>
+    <w:rsid w:val="002B6F7A"/>
+    <w:rsid w:val="002B7409"/>
+    <w:rsid w:val="002B798D"/>
+    <w:rsid w:val="002C006B"/>
+    <w:rsid w:val="002C3126"/>
+    <w:rsid w:val="002C31C7"/>
+    <w:rsid w:val="002C6FC1"/>
+    <w:rsid w:val="002C7375"/>
+    <w:rsid w:val="002C78C6"/>
+    <w:rsid w:val="002D0100"/>
+    <w:rsid w:val="002D1E66"/>
+    <w:rsid w:val="002D1F73"/>
+    <w:rsid w:val="002D3740"/>
+    <w:rsid w:val="002D3A51"/>
+    <w:rsid w:val="002D3FC7"/>
+    <w:rsid w:val="002D4602"/>
+    <w:rsid w:val="002D65A6"/>
+    <w:rsid w:val="002D6E0F"/>
+    <w:rsid w:val="002D6EE9"/>
+    <w:rsid w:val="002D70AC"/>
+    <w:rsid w:val="002E05DF"/>
+    <w:rsid w:val="002E0DB6"/>
+    <w:rsid w:val="002E1191"/>
+    <w:rsid w:val="002E1503"/>
+    <w:rsid w:val="002E192F"/>
+    <w:rsid w:val="002E2DA6"/>
+    <w:rsid w:val="002E4FAE"/>
+    <w:rsid w:val="002E50D0"/>
+    <w:rsid w:val="002E61CF"/>
+    <w:rsid w:val="002F0B49"/>
+    <w:rsid w:val="002F2261"/>
+    <w:rsid w:val="002F268E"/>
+    <w:rsid w:val="002F3602"/>
+    <w:rsid w:val="002F365E"/>
+    <w:rsid w:val="002F427E"/>
+    <w:rsid w:val="002F509B"/>
+    <w:rsid w:val="002F6E2B"/>
+    <w:rsid w:val="002F7925"/>
+    <w:rsid w:val="002F7D74"/>
+    <w:rsid w:val="002F7D9E"/>
+    <w:rsid w:val="0030039A"/>
+    <w:rsid w:val="0030060A"/>
+    <w:rsid w:val="003012A2"/>
+    <w:rsid w:val="0030138D"/>
+    <w:rsid w:val="00303539"/>
+    <w:rsid w:val="003036E7"/>
+    <w:rsid w:val="00303860"/>
+    <w:rsid w:val="003049B8"/>
+    <w:rsid w:val="003053D2"/>
+    <w:rsid w:val="0030686D"/>
+    <w:rsid w:val="003076E1"/>
+    <w:rsid w:val="003106F0"/>
+    <w:rsid w:val="0031253F"/>
+    <w:rsid w:val="00313285"/>
+    <w:rsid w:val="00314271"/>
+    <w:rsid w:val="003149F5"/>
+    <w:rsid w:val="003156FD"/>
+    <w:rsid w:val="00315A15"/>
+    <w:rsid w:val="003168C2"/>
+    <w:rsid w:val="00321680"/>
+    <w:rsid w:val="00322E75"/>
+    <w:rsid w:val="00322FFB"/>
+    <w:rsid w:val="00323C2B"/>
+    <w:rsid w:val="00325752"/>
+    <w:rsid w:val="00325E4B"/>
+    <w:rsid w:val="00326142"/>
+    <w:rsid w:val="003266E9"/>
+    <w:rsid w:val="003276F4"/>
+    <w:rsid w:val="00330311"/>
+    <w:rsid w:val="00330743"/>
+    <w:rsid w:val="00330F52"/>
+    <w:rsid w:val="00331207"/>
+    <w:rsid w:val="0033169D"/>
+    <w:rsid w:val="00332C19"/>
+    <w:rsid w:val="003348D7"/>
+    <w:rsid w:val="0033633C"/>
+    <w:rsid w:val="003364A6"/>
+    <w:rsid w:val="00336647"/>
+    <w:rsid w:val="00336DA5"/>
+    <w:rsid w:val="00337161"/>
+    <w:rsid w:val="00340176"/>
+    <w:rsid w:val="00340614"/>
+    <w:rsid w:val="00340ED4"/>
+    <w:rsid w:val="00341264"/>
+    <w:rsid w:val="00341CC5"/>
+    <w:rsid w:val="003421A4"/>
+    <w:rsid w:val="00342757"/>
+    <w:rsid w:val="00343A9C"/>
+    <w:rsid w:val="00343EC4"/>
+    <w:rsid w:val="003447A0"/>
+    <w:rsid w:val="00344A4B"/>
+    <w:rsid w:val="00345020"/>
+    <w:rsid w:val="00346BAD"/>
+    <w:rsid w:val="00346D0D"/>
+    <w:rsid w:val="00346F6B"/>
+    <w:rsid w:val="00347CE0"/>
+    <w:rsid w:val="003511FD"/>
+    <w:rsid w:val="0035129B"/>
+    <w:rsid w:val="00351FA4"/>
+    <w:rsid w:val="00351FC3"/>
+    <w:rsid w:val="0035200B"/>
+    <w:rsid w:val="0035235D"/>
+    <w:rsid w:val="003535D2"/>
+    <w:rsid w:val="00353620"/>
+    <w:rsid w:val="00353A60"/>
+    <w:rsid w:val="00353E0F"/>
+    <w:rsid w:val="00355CBF"/>
+    <w:rsid w:val="003573B6"/>
+    <w:rsid w:val="003574B6"/>
+    <w:rsid w:val="00357941"/>
+    <w:rsid w:val="00360CB9"/>
+    <w:rsid w:val="00361727"/>
+    <w:rsid w:val="00362781"/>
+    <w:rsid w:val="00362A16"/>
+    <w:rsid w:val="003656C3"/>
+    <w:rsid w:val="00365A9A"/>
+    <w:rsid w:val="00366143"/>
+    <w:rsid w:val="003668F4"/>
+    <w:rsid w:val="00366AF5"/>
+    <w:rsid w:val="00366EE9"/>
+    <w:rsid w:val="00367821"/>
+    <w:rsid w:val="00370FAA"/>
+    <w:rsid w:val="0037156A"/>
+    <w:rsid w:val="0037172A"/>
+    <w:rsid w:val="00371B27"/>
+    <w:rsid w:val="00372291"/>
+    <w:rsid w:val="0037279D"/>
+    <w:rsid w:val="00372A76"/>
+    <w:rsid w:val="00372C55"/>
+    <w:rsid w:val="00372ECF"/>
+    <w:rsid w:val="003731EC"/>
+    <w:rsid w:val="0037354E"/>
+    <w:rsid w:val="00373F35"/>
+    <w:rsid w:val="003744E7"/>
+    <w:rsid w:val="00375669"/>
+    <w:rsid w:val="00376485"/>
+    <w:rsid w:val="00376A57"/>
+    <w:rsid w:val="00377B22"/>
+    <w:rsid w:val="00380414"/>
+    <w:rsid w:val="003832DC"/>
+    <w:rsid w:val="0038484F"/>
+    <w:rsid w:val="00384AD2"/>
+    <w:rsid w:val="00384CD1"/>
+    <w:rsid w:val="00384EEC"/>
+    <w:rsid w:val="00385164"/>
+    <w:rsid w:val="0038533D"/>
+    <w:rsid w:val="00385B9B"/>
+    <w:rsid w:val="00385FB5"/>
+    <w:rsid w:val="00386669"/>
+    <w:rsid w:val="00386940"/>
+    <w:rsid w:val="0039079B"/>
+    <w:rsid w:val="00391291"/>
+    <w:rsid w:val="003912B5"/>
+    <w:rsid w:val="003914A9"/>
+    <w:rsid w:val="0039414D"/>
+    <w:rsid w:val="003942B4"/>
+    <w:rsid w:val="00394B30"/>
+    <w:rsid w:val="00394E9E"/>
+    <w:rsid w:val="00395106"/>
+    <w:rsid w:val="00395177"/>
+    <w:rsid w:val="00395D19"/>
+    <w:rsid w:val="003962BF"/>
+    <w:rsid w:val="00396487"/>
+    <w:rsid w:val="0039797E"/>
+    <w:rsid w:val="003A0CFA"/>
+    <w:rsid w:val="003A124E"/>
+    <w:rsid w:val="003A1498"/>
+    <w:rsid w:val="003A382C"/>
+    <w:rsid w:val="003A5C0C"/>
+    <w:rsid w:val="003A649C"/>
+    <w:rsid w:val="003A6A5E"/>
+    <w:rsid w:val="003A742B"/>
+    <w:rsid w:val="003A7747"/>
+    <w:rsid w:val="003A780E"/>
+    <w:rsid w:val="003B09EE"/>
+    <w:rsid w:val="003B1A23"/>
+    <w:rsid w:val="003B1AAE"/>
+    <w:rsid w:val="003B32C7"/>
+    <w:rsid w:val="003B3CB6"/>
+    <w:rsid w:val="003B5AFD"/>
+    <w:rsid w:val="003B7FB1"/>
+    <w:rsid w:val="003C2890"/>
+    <w:rsid w:val="003C2985"/>
+    <w:rsid w:val="003C3274"/>
+    <w:rsid w:val="003C3E27"/>
+    <w:rsid w:val="003C55AD"/>
+    <w:rsid w:val="003C57AC"/>
+    <w:rsid w:val="003C5A85"/>
+    <w:rsid w:val="003C61B0"/>
+    <w:rsid w:val="003C75B9"/>
+    <w:rsid w:val="003D0673"/>
+    <w:rsid w:val="003D0B84"/>
+    <w:rsid w:val="003D10EF"/>
+    <w:rsid w:val="003D3DDF"/>
+    <w:rsid w:val="003D4633"/>
+    <w:rsid w:val="003D4CE5"/>
+    <w:rsid w:val="003D4E37"/>
+    <w:rsid w:val="003D5C95"/>
+    <w:rsid w:val="003D680D"/>
+    <w:rsid w:val="003D6F4D"/>
+    <w:rsid w:val="003D76CF"/>
+    <w:rsid w:val="003D7843"/>
+    <w:rsid w:val="003D7F26"/>
+    <w:rsid w:val="003E07E6"/>
+    <w:rsid w:val="003E0EBA"/>
+    <w:rsid w:val="003E11FB"/>
+    <w:rsid w:val="003E189F"/>
+    <w:rsid w:val="003E2681"/>
+    <w:rsid w:val="003E28D3"/>
+    <w:rsid w:val="003E4903"/>
+    <w:rsid w:val="003E4F5B"/>
+    <w:rsid w:val="003E5C17"/>
+    <w:rsid w:val="003E5DF7"/>
+    <w:rsid w:val="003E68FF"/>
+    <w:rsid w:val="003E7D5B"/>
+    <w:rsid w:val="003F0CDE"/>
+    <w:rsid w:val="003F0E52"/>
+    <w:rsid w:val="003F1CE1"/>
+    <w:rsid w:val="003F25AB"/>
+    <w:rsid w:val="003F27EA"/>
+    <w:rsid w:val="003F2B84"/>
+    <w:rsid w:val="003F2B89"/>
+    <w:rsid w:val="003F3588"/>
+    <w:rsid w:val="003F35BE"/>
+    <w:rsid w:val="003F3D17"/>
+    <w:rsid w:val="003F4451"/>
+    <w:rsid w:val="003F5040"/>
+    <w:rsid w:val="003F5052"/>
+    <w:rsid w:val="004005A1"/>
+    <w:rsid w:val="00401716"/>
+    <w:rsid w:val="00401F0C"/>
+    <w:rsid w:val="0040200E"/>
+    <w:rsid w:val="00402286"/>
+    <w:rsid w:val="00402956"/>
+    <w:rsid w:val="00403EAA"/>
+    <w:rsid w:val="00405206"/>
+    <w:rsid w:val="00405236"/>
+    <w:rsid w:val="004057D5"/>
+    <w:rsid w:val="004058C8"/>
+    <w:rsid w:val="00406467"/>
+    <w:rsid w:val="00406ED9"/>
+    <w:rsid w:val="0041115A"/>
+    <w:rsid w:val="004116A1"/>
+    <w:rsid w:val="00412280"/>
+    <w:rsid w:val="00412677"/>
+    <w:rsid w:val="00412739"/>
+    <w:rsid w:val="00413504"/>
+    <w:rsid w:val="004136C3"/>
+    <w:rsid w:val="004139EA"/>
+    <w:rsid w:val="0041563D"/>
+    <w:rsid w:val="00416A86"/>
+    <w:rsid w:val="00416D79"/>
+    <w:rsid w:val="00417164"/>
+    <w:rsid w:val="00417EDE"/>
+    <w:rsid w:val="00420206"/>
+    <w:rsid w:val="00420759"/>
+    <w:rsid w:val="004215DD"/>
+    <w:rsid w:val="004229F6"/>
+    <w:rsid w:val="00423A2D"/>
+    <w:rsid w:val="0042591C"/>
+    <w:rsid w:val="004259DF"/>
+    <w:rsid w:val="00425BB1"/>
+    <w:rsid w:val="00426513"/>
+    <w:rsid w:val="00426553"/>
+    <w:rsid w:val="0042669B"/>
+    <w:rsid w:val="00426E8D"/>
+    <w:rsid w:val="00427231"/>
+    <w:rsid w:val="0042728B"/>
+    <w:rsid w:val="00430A3E"/>
+    <w:rsid w:val="0043293E"/>
+    <w:rsid w:val="00432953"/>
+    <w:rsid w:val="004332FA"/>
+    <w:rsid w:val="00433B4F"/>
+    <w:rsid w:val="00433C15"/>
+    <w:rsid w:val="00434CB4"/>
+    <w:rsid w:val="00434E73"/>
+    <w:rsid w:val="0043593E"/>
+    <w:rsid w:val="00437F97"/>
+    <w:rsid w:val="004403F5"/>
+    <w:rsid w:val="00441C20"/>
+    <w:rsid w:val="00441F02"/>
+    <w:rsid w:val="004427A4"/>
+    <w:rsid w:val="00442BC4"/>
+    <w:rsid w:val="00442CD6"/>
+    <w:rsid w:val="00444056"/>
+    <w:rsid w:val="004443CE"/>
+    <w:rsid w:val="0044467B"/>
+    <w:rsid w:val="004447AA"/>
+    <w:rsid w:val="004447ED"/>
+    <w:rsid w:val="00444C2A"/>
+    <w:rsid w:val="00444DC1"/>
+    <w:rsid w:val="00444FFF"/>
+    <w:rsid w:val="00446417"/>
+    <w:rsid w:val="00446E36"/>
+    <w:rsid w:val="004478F3"/>
+    <w:rsid w:val="00450292"/>
+    <w:rsid w:val="004505C9"/>
+    <w:rsid w:val="00450CA0"/>
+    <w:rsid w:val="00450E52"/>
+    <w:rsid w:val="0045155C"/>
+    <w:rsid w:val="0045212C"/>
+    <w:rsid w:val="004530C2"/>
+    <w:rsid w:val="004537A2"/>
+    <w:rsid w:val="0045437B"/>
+    <w:rsid w:val="0045464F"/>
+    <w:rsid w:val="00454C41"/>
+    <w:rsid w:val="004557DE"/>
+    <w:rsid w:val="004559FB"/>
+    <w:rsid w:val="00455E35"/>
+    <w:rsid w:val="00456053"/>
+    <w:rsid w:val="0045694C"/>
+    <w:rsid w:val="00457308"/>
+    <w:rsid w:val="004576BF"/>
+    <w:rsid w:val="00457BDD"/>
+    <w:rsid w:val="00457D69"/>
+    <w:rsid w:val="004620D5"/>
+    <w:rsid w:val="00462197"/>
+    <w:rsid w:val="0046282B"/>
+    <w:rsid w:val="00466F97"/>
+    <w:rsid w:val="00467957"/>
+    <w:rsid w:val="00467CF9"/>
+    <w:rsid w:val="0047007F"/>
+    <w:rsid w:val="00471F5B"/>
+    <w:rsid w:val="00472B83"/>
+    <w:rsid w:val="00472EE9"/>
+    <w:rsid w:val="00473170"/>
+    <w:rsid w:val="004741E0"/>
+    <w:rsid w:val="004749B5"/>
+    <w:rsid w:val="00474CD9"/>
+    <w:rsid w:val="00475730"/>
+    <w:rsid w:val="00475AEE"/>
+    <w:rsid w:val="00476043"/>
+    <w:rsid w:val="00476215"/>
+    <w:rsid w:val="0047664B"/>
+    <w:rsid w:val="004778F1"/>
+    <w:rsid w:val="00477AEC"/>
+    <w:rsid w:val="00480BDD"/>
+    <w:rsid w:val="0048302E"/>
+    <w:rsid w:val="00483926"/>
+    <w:rsid w:val="004839DD"/>
+    <w:rsid w:val="004847DF"/>
+    <w:rsid w:val="00485515"/>
+    <w:rsid w:val="004868D4"/>
+    <w:rsid w:val="00486EA5"/>
+    <w:rsid w:val="00490273"/>
+    <w:rsid w:val="0049077B"/>
+    <w:rsid w:val="0049105F"/>
+    <w:rsid w:val="00491082"/>
+    <w:rsid w:val="004925A7"/>
+    <w:rsid w:val="00492F5E"/>
+    <w:rsid w:val="004933A1"/>
+    <w:rsid w:val="00493A58"/>
+    <w:rsid w:val="00493F5C"/>
+    <w:rsid w:val="004946F1"/>
+    <w:rsid w:val="00495F52"/>
+    <w:rsid w:val="00496DF6"/>
+    <w:rsid w:val="004A06C2"/>
+    <w:rsid w:val="004A0D19"/>
+    <w:rsid w:val="004A16F6"/>
+    <w:rsid w:val="004A47A8"/>
+    <w:rsid w:val="004A6EA8"/>
+    <w:rsid w:val="004A7E79"/>
+    <w:rsid w:val="004B018A"/>
+    <w:rsid w:val="004B14B4"/>
+    <w:rsid w:val="004B2108"/>
+    <w:rsid w:val="004B2C4B"/>
+    <w:rsid w:val="004B35BB"/>
+    <w:rsid w:val="004B40C6"/>
+    <w:rsid w:val="004B4554"/>
+    <w:rsid w:val="004B56FA"/>
+    <w:rsid w:val="004B5CA0"/>
+    <w:rsid w:val="004B7635"/>
+    <w:rsid w:val="004C1839"/>
+    <w:rsid w:val="004C4C7B"/>
+    <w:rsid w:val="004C5737"/>
+    <w:rsid w:val="004C580F"/>
+    <w:rsid w:val="004C5C62"/>
+    <w:rsid w:val="004C6A60"/>
+    <w:rsid w:val="004C6E19"/>
+    <w:rsid w:val="004D0CD7"/>
+    <w:rsid w:val="004D1306"/>
+    <w:rsid w:val="004D1BCA"/>
+    <w:rsid w:val="004D3C87"/>
+    <w:rsid w:val="004D74AC"/>
+    <w:rsid w:val="004E0069"/>
+    <w:rsid w:val="004E0935"/>
+    <w:rsid w:val="004E1237"/>
+    <w:rsid w:val="004E1266"/>
+    <w:rsid w:val="004E152F"/>
+    <w:rsid w:val="004E1E94"/>
+    <w:rsid w:val="004E2F7B"/>
+    <w:rsid w:val="004E3022"/>
+    <w:rsid w:val="004E3AB9"/>
+    <w:rsid w:val="004E5078"/>
+    <w:rsid w:val="004E5EE1"/>
+    <w:rsid w:val="004E6184"/>
+    <w:rsid w:val="004E6BD5"/>
+    <w:rsid w:val="004E725A"/>
+    <w:rsid w:val="004F01F1"/>
+    <w:rsid w:val="004F056D"/>
+    <w:rsid w:val="004F05D3"/>
+    <w:rsid w:val="004F0699"/>
+    <w:rsid w:val="004F1238"/>
+    <w:rsid w:val="004F2123"/>
+    <w:rsid w:val="004F293A"/>
+    <w:rsid w:val="004F477C"/>
+    <w:rsid w:val="004F56F1"/>
+    <w:rsid w:val="004F618A"/>
+    <w:rsid w:val="004F775E"/>
+    <w:rsid w:val="004F7E5F"/>
+    <w:rsid w:val="005000EB"/>
+    <w:rsid w:val="0050010C"/>
+    <w:rsid w:val="00500B86"/>
+    <w:rsid w:val="0050178D"/>
+    <w:rsid w:val="0050187F"/>
+    <w:rsid w:val="00501F1B"/>
+    <w:rsid w:val="00502548"/>
+    <w:rsid w:val="00502628"/>
+    <w:rsid w:val="00502AD1"/>
+    <w:rsid w:val="00505428"/>
+    <w:rsid w:val="00506AC6"/>
+    <w:rsid w:val="00512552"/>
+    <w:rsid w:val="0051331B"/>
+    <w:rsid w:val="00513763"/>
+    <w:rsid w:val="00514CB7"/>
+    <w:rsid w:val="00514D96"/>
+    <w:rsid w:val="00515F88"/>
+    <w:rsid w:val="00517E80"/>
+    <w:rsid w:val="00517EE0"/>
+    <w:rsid w:val="0052079D"/>
+    <w:rsid w:val="00521F9F"/>
+    <w:rsid w:val="0052455D"/>
+    <w:rsid w:val="00524737"/>
+    <w:rsid w:val="00526C2F"/>
+    <w:rsid w:val="00527705"/>
+    <w:rsid w:val="00530068"/>
+    <w:rsid w:val="005313C1"/>
+    <w:rsid w:val="00531A68"/>
+    <w:rsid w:val="00531C43"/>
+    <w:rsid w:val="00532522"/>
+    <w:rsid w:val="00532576"/>
+    <w:rsid w:val="00532A92"/>
+    <w:rsid w:val="00532BB1"/>
+    <w:rsid w:val="0053309E"/>
+    <w:rsid w:val="00533914"/>
+    <w:rsid w:val="00535D6C"/>
+    <w:rsid w:val="00536280"/>
+    <w:rsid w:val="0053715F"/>
+    <w:rsid w:val="005373ED"/>
+    <w:rsid w:val="005375E4"/>
+    <w:rsid w:val="00537D8F"/>
+    <w:rsid w:val="005415E8"/>
+    <w:rsid w:val="00541A2D"/>
+    <w:rsid w:val="005421D3"/>
+    <w:rsid w:val="005422A7"/>
+    <w:rsid w:val="005425EA"/>
+    <w:rsid w:val="0054262B"/>
+    <w:rsid w:val="00542FE2"/>
+    <w:rsid w:val="00544AD3"/>
+    <w:rsid w:val="00544D9C"/>
+    <w:rsid w:val="00544E4F"/>
+    <w:rsid w:val="005455CA"/>
+    <w:rsid w:val="0054564E"/>
+    <w:rsid w:val="00545734"/>
+    <w:rsid w:val="00545ADE"/>
+    <w:rsid w:val="00545C52"/>
+    <w:rsid w:val="00546AA9"/>
+    <w:rsid w:val="005479AC"/>
+    <w:rsid w:val="00550E48"/>
+    <w:rsid w:val="00551214"/>
+    <w:rsid w:val="0055207F"/>
+    <w:rsid w:val="0055398E"/>
+    <w:rsid w:val="00553D25"/>
+    <w:rsid w:val="00553DF9"/>
+    <w:rsid w:val="00554D99"/>
+    <w:rsid w:val="00556227"/>
+    <w:rsid w:val="00557A90"/>
+    <w:rsid w:val="00560004"/>
+    <w:rsid w:val="005614B5"/>
+    <w:rsid w:val="0056187A"/>
+    <w:rsid w:val="005627DD"/>
+    <w:rsid w:val="00562A17"/>
+    <w:rsid w:val="0056361D"/>
+    <w:rsid w:val="00563A2C"/>
+    <w:rsid w:val="00563B8F"/>
+    <w:rsid w:val="0056404F"/>
+    <w:rsid w:val="005642AC"/>
+    <w:rsid w:val="0056453D"/>
+    <w:rsid w:val="00565201"/>
+    <w:rsid w:val="005655BA"/>
+    <w:rsid w:val="00565EF8"/>
+    <w:rsid w:val="005672DC"/>
+    <w:rsid w:val="00567E43"/>
+    <w:rsid w:val="00570AB2"/>
+    <w:rsid w:val="00570C21"/>
+    <w:rsid w:val="0057141F"/>
+    <w:rsid w:val="005715D6"/>
+    <w:rsid w:val="00573017"/>
+    <w:rsid w:val="00573319"/>
+    <w:rsid w:val="00574408"/>
+    <w:rsid w:val="00575110"/>
+    <w:rsid w:val="00575347"/>
+    <w:rsid w:val="0057570D"/>
+    <w:rsid w:val="00575886"/>
+    <w:rsid w:val="00575BF0"/>
+    <w:rsid w:val="00575F07"/>
+    <w:rsid w:val="00576E03"/>
+    <w:rsid w:val="00577EA9"/>
+    <w:rsid w:val="005809E8"/>
+    <w:rsid w:val="00580FF2"/>
+    <w:rsid w:val="005815AE"/>
+    <w:rsid w:val="005821EF"/>
+    <w:rsid w:val="0058349D"/>
+    <w:rsid w:val="00583F2D"/>
+    <w:rsid w:val="00585F56"/>
+    <w:rsid w:val="0058606C"/>
+    <w:rsid w:val="00586977"/>
+    <w:rsid w:val="00587245"/>
+    <w:rsid w:val="00587A58"/>
+    <w:rsid w:val="005905F5"/>
+    <w:rsid w:val="005906B8"/>
+    <w:rsid w:val="00590CEB"/>
+    <w:rsid w:val="005911DA"/>
+    <w:rsid w:val="00591461"/>
+    <w:rsid w:val="00591D8B"/>
+    <w:rsid w:val="005920AE"/>
+    <w:rsid w:val="00592D77"/>
+    <w:rsid w:val="00593AE6"/>
+    <w:rsid w:val="00595470"/>
+    <w:rsid w:val="005959C9"/>
+    <w:rsid w:val="00595C2C"/>
+    <w:rsid w:val="00595EEA"/>
+    <w:rsid w:val="0059634B"/>
+    <w:rsid w:val="00596902"/>
+    <w:rsid w:val="00597B6D"/>
+    <w:rsid w:val="00597BDC"/>
+    <w:rsid w:val="005A022B"/>
+    <w:rsid w:val="005A050D"/>
+    <w:rsid w:val="005A0557"/>
+    <w:rsid w:val="005A1B4B"/>
+    <w:rsid w:val="005A23AE"/>
+    <w:rsid w:val="005A26B7"/>
+    <w:rsid w:val="005A29A6"/>
+    <w:rsid w:val="005A44DB"/>
+    <w:rsid w:val="005A4BA5"/>
+    <w:rsid w:val="005A5767"/>
+    <w:rsid w:val="005A6617"/>
+    <w:rsid w:val="005A7B79"/>
+    <w:rsid w:val="005B0837"/>
+    <w:rsid w:val="005B0D6B"/>
+    <w:rsid w:val="005B0F15"/>
+    <w:rsid w:val="005B1158"/>
+    <w:rsid w:val="005B1E69"/>
+    <w:rsid w:val="005B2480"/>
+    <w:rsid w:val="005B24B6"/>
+    <w:rsid w:val="005B26AB"/>
+    <w:rsid w:val="005B2E6C"/>
+    <w:rsid w:val="005B3520"/>
+    <w:rsid w:val="005B3890"/>
+    <w:rsid w:val="005B434C"/>
+    <w:rsid w:val="005B5171"/>
+    <w:rsid w:val="005B5732"/>
+    <w:rsid w:val="005B73F4"/>
+    <w:rsid w:val="005B7AEA"/>
+    <w:rsid w:val="005C1A16"/>
+    <w:rsid w:val="005C20D5"/>
+    <w:rsid w:val="005C20D6"/>
+    <w:rsid w:val="005C2498"/>
+    <w:rsid w:val="005C2AE2"/>
+    <w:rsid w:val="005C398E"/>
+    <w:rsid w:val="005C3D40"/>
+    <w:rsid w:val="005C5A09"/>
+    <w:rsid w:val="005D16D5"/>
+    <w:rsid w:val="005D17FF"/>
+    <w:rsid w:val="005D19F4"/>
+    <w:rsid w:val="005D2223"/>
+    <w:rsid w:val="005D2F43"/>
+    <w:rsid w:val="005D306D"/>
+    <w:rsid w:val="005D43BC"/>
+    <w:rsid w:val="005D4905"/>
+    <w:rsid w:val="005D4A2A"/>
+    <w:rsid w:val="005D4D28"/>
+    <w:rsid w:val="005D505A"/>
+    <w:rsid w:val="005D50DA"/>
+    <w:rsid w:val="005D5223"/>
+    <w:rsid w:val="005D54FD"/>
+    <w:rsid w:val="005D641C"/>
+    <w:rsid w:val="005D7D49"/>
+    <w:rsid w:val="005E09FA"/>
+    <w:rsid w:val="005E13B7"/>
+    <w:rsid w:val="005E1812"/>
+    <w:rsid w:val="005E1B6D"/>
+    <w:rsid w:val="005E2B25"/>
+    <w:rsid w:val="005E48AF"/>
+    <w:rsid w:val="005E4A26"/>
+    <w:rsid w:val="005E585F"/>
+    <w:rsid w:val="005E70BD"/>
+    <w:rsid w:val="005E7547"/>
+    <w:rsid w:val="005E77D9"/>
+    <w:rsid w:val="005F01F5"/>
+    <w:rsid w:val="005F0F20"/>
+    <w:rsid w:val="005F0FAF"/>
+    <w:rsid w:val="005F11CC"/>
+    <w:rsid w:val="005F1C33"/>
+    <w:rsid w:val="005F22EB"/>
+    <w:rsid w:val="005F3BC4"/>
+    <w:rsid w:val="005F4796"/>
+    <w:rsid w:val="005F5F93"/>
+    <w:rsid w:val="005F60AF"/>
+    <w:rsid w:val="005F68AE"/>
+    <w:rsid w:val="005F69D0"/>
+    <w:rsid w:val="005F72AC"/>
+    <w:rsid w:val="006007DD"/>
+    <w:rsid w:val="0060161D"/>
+    <w:rsid w:val="00601D04"/>
+    <w:rsid w:val="00603A65"/>
+    <w:rsid w:val="00604ACB"/>
+    <w:rsid w:val="00605A29"/>
+    <w:rsid w:val="00606F14"/>
+    <w:rsid w:val="00607460"/>
+    <w:rsid w:val="00607785"/>
+    <w:rsid w:val="00610D63"/>
+    <w:rsid w:val="0061154D"/>
+    <w:rsid w:val="00611FDA"/>
+    <w:rsid w:val="006133D7"/>
+    <w:rsid w:val="006143FE"/>
+    <w:rsid w:val="0061462C"/>
+    <w:rsid w:val="00616B46"/>
+    <w:rsid w:val="006172E7"/>
+    <w:rsid w:val="00617940"/>
+    <w:rsid w:val="0062063C"/>
+    <w:rsid w:val="00621019"/>
+    <w:rsid w:val="0062104C"/>
+    <w:rsid w:val="00623D46"/>
+    <w:rsid w:val="006240CE"/>
+    <w:rsid w:val="00624E05"/>
+    <w:rsid w:val="0062566D"/>
+    <w:rsid w:val="00630399"/>
+    <w:rsid w:val="00630923"/>
+    <w:rsid w:val="00630BDA"/>
+    <w:rsid w:val="006313B9"/>
+    <w:rsid w:val="0063234A"/>
+    <w:rsid w:val="00633F5B"/>
+    <w:rsid w:val="006340FA"/>
+    <w:rsid w:val="00635B21"/>
+    <w:rsid w:val="00635FB6"/>
+    <w:rsid w:val="00636074"/>
+    <w:rsid w:val="00641020"/>
+    <w:rsid w:val="006447B3"/>
+    <w:rsid w:val="006459BE"/>
+    <w:rsid w:val="00646424"/>
+    <w:rsid w:val="00646543"/>
+    <w:rsid w:val="00646D87"/>
+    <w:rsid w:val="00647889"/>
+    <w:rsid w:val="00650706"/>
+    <w:rsid w:val="006508F6"/>
+    <w:rsid w:val="00651479"/>
+    <w:rsid w:val="00652CA7"/>
+    <w:rsid w:val="0065380B"/>
+    <w:rsid w:val="00653A1C"/>
+    <w:rsid w:val="0065480F"/>
+    <w:rsid w:val="006548C8"/>
+    <w:rsid w:val="006552BD"/>
+    <w:rsid w:val="006566AA"/>
+    <w:rsid w:val="00656C38"/>
+    <w:rsid w:val="006608F0"/>
+    <w:rsid w:val="0066112F"/>
+    <w:rsid w:val="006617DE"/>
+    <w:rsid w:val="00662440"/>
+    <w:rsid w:val="006632BB"/>
+    <w:rsid w:val="00664F92"/>
+    <w:rsid w:val="00667032"/>
+    <w:rsid w:val="0066779E"/>
+    <w:rsid w:val="00667D2C"/>
+    <w:rsid w:val="00670764"/>
+    <w:rsid w:val="00670B41"/>
+    <w:rsid w:val="006713C9"/>
+    <w:rsid w:val="0067168A"/>
+    <w:rsid w:val="006717BF"/>
+    <w:rsid w:val="0067319F"/>
+    <w:rsid w:val="006731B9"/>
+    <w:rsid w:val="00673A1C"/>
+    <w:rsid w:val="00673DF1"/>
+    <w:rsid w:val="006747F5"/>
+    <w:rsid w:val="00675A65"/>
+    <w:rsid w:val="00677901"/>
+    <w:rsid w:val="006779F6"/>
+    <w:rsid w:val="00680315"/>
+    <w:rsid w:val="006824D6"/>
+    <w:rsid w:val="006831E9"/>
+    <w:rsid w:val="00683876"/>
+    <w:rsid w:val="00684DA6"/>
+    <w:rsid w:val="00685EF5"/>
+    <w:rsid w:val="0068621D"/>
+    <w:rsid w:val="00687634"/>
+    <w:rsid w:val="00687747"/>
+    <w:rsid w:val="006877B3"/>
+    <w:rsid w:val="00687CC4"/>
+    <w:rsid w:val="00690EB1"/>
+    <w:rsid w:val="00691B2F"/>
+    <w:rsid w:val="00691BEF"/>
+    <w:rsid w:val="006931E9"/>
+    <w:rsid w:val="006934D9"/>
+    <w:rsid w:val="00693922"/>
+    <w:rsid w:val="00693BB9"/>
+    <w:rsid w:val="00694031"/>
+    <w:rsid w:val="006948DC"/>
+    <w:rsid w:val="006950F8"/>
+    <w:rsid w:val="006957A0"/>
+    <w:rsid w:val="00695A17"/>
+    <w:rsid w:val="00696E41"/>
+    <w:rsid w:val="0069724A"/>
+    <w:rsid w:val="00697528"/>
+    <w:rsid w:val="00697A8A"/>
+    <w:rsid w:val="00697D79"/>
+    <w:rsid w:val="006A04ED"/>
+    <w:rsid w:val="006A2A9B"/>
+    <w:rsid w:val="006A3E13"/>
+    <w:rsid w:val="006A44E3"/>
+    <w:rsid w:val="006A60B4"/>
+    <w:rsid w:val="006A6259"/>
+    <w:rsid w:val="006A67B0"/>
+    <w:rsid w:val="006A6DAB"/>
+    <w:rsid w:val="006B08F2"/>
+    <w:rsid w:val="006B124E"/>
+    <w:rsid w:val="006B19FB"/>
+    <w:rsid w:val="006B2365"/>
+    <w:rsid w:val="006B25E2"/>
+    <w:rsid w:val="006B2DEC"/>
+    <w:rsid w:val="006B34B4"/>
+    <w:rsid w:val="006B366D"/>
+    <w:rsid w:val="006B3919"/>
+    <w:rsid w:val="006B6671"/>
+    <w:rsid w:val="006B67DD"/>
+    <w:rsid w:val="006B6BE5"/>
+    <w:rsid w:val="006B7735"/>
+    <w:rsid w:val="006C00FC"/>
+    <w:rsid w:val="006C2E91"/>
+    <w:rsid w:val="006C34AB"/>
+    <w:rsid w:val="006C3609"/>
+    <w:rsid w:val="006C47EE"/>
+    <w:rsid w:val="006C6225"/>
+    <w:rsid w:val="006C658C"/>
+    <w:rsid w:val="006C65EF"/>
+    <w:rsid w:val="006C687D"/>
+    <w:rsid w:val="006C7527"/>
+    <w:rsid w:val="006C7A9F"/>
+    <w:rsid w:val="006C7DC2"/>
+    <w:rsid w:val="006D03D9"/>
+    <w:rsid w:val="006D05D4"/>
+    <w:rsid w:val="006D16E1"/>
+    <w:rsid w:val="006D22F5"/>
+    <w:rsid w:val="006D40F4"/>
+    <w:rsid w:val="006D4B7B"/>
+    <w:rsid w:val="006D50D4"/>
+    <w:rsid w:val="006D5FC9"/>
+    <w:rsid w:val="006D723D"/>
+    <w:rsid w:val="006D7328"/>
+    <w:rsid w:val="006D7D78"/>
+    <w:rsid w:val="006D7D90"/>
+    <w:rsid w:val="006D7ECF"/>
+    <w:rsid w:val="006E0277"/>
+    <w:rsid w:val="006E08CC"/>
+    <w:rsid w:val="006E0998"/>
+    <w:rsid w:val="006E0BD7"/>
+    <w:rsid w:val="006E14EB"/>
+    <w:rsid w:val="006E19B0"/>
+    <w:rsid w:val="006E1C34"/>
+    <w:rsid w:val="006E2213"/>
+    <w:rsid w:val="006E4871"/>
+    <w:rsid w:val="006E4C4C"/>
+    <w:rsid w:val="006E4EEE"/>
+    <w:rsid w:val="006E5EC5"/>
+    <w:rsid w:val="006E6214"/>
+    <w:rsid w:val="006E661F"/>
+    <w:rsid w:val="006E75FE"/>
+    <w:rsid w:val="006E769E"/>
+    <w:rsid w:val="006E7ADC"/>
+    <w:rsid w:val="006F008D"/>
+    <w:rsid w:val="006F0651"/>
+    <w:rsid w:val="006F18CC"/>
+    <w:rsid w:val="006F1B77"/>
+    <w:rsid w:val="006F213C"/>
+    <w:rsid w:val="006F22F1"/>
+    <w:rsid w:val="006F38A7"/>
+    <w:rsid w:val="006F3D76"/>
+    <w:rsid w:val="006F5517"/>
+    <w:rsid w:val="006F56C7"/>
+    <w:rsid w:val="006F641E"/>
+    <w:rsid w:val="006F78A0"/>
+    <w:rsid w:val="00701A8E"/>
+    <w:rsid w:val="00701F3E"/>
+    <w:rsid w:val="00702B8B"/>
+    <w:rsid w:val="00703B97"/>
+    <w:rsid w:val="00704016"/>
+    <w:rsid w:val="00704490"/>
+    <w:rsid w:val="00704541"/>
+    <w:rsid w:val="007046A5"/>
+    <w:rsid w:val="00704915"/>
+    <w:rsid w:val="007056AB"/>
+    <w:rsid w:val="00706918"/>
+    <w:rsid w:val="00706DFF"/>
+    <w:rsid w:val="00706E5B"/>
+    <w:rsid w:val="00706FCC"/>
+    <w:rsid w:val="0071031B"/>
+    <w:rsid w:val="0071165E"/>
+    <w:rsid w:val="00713985"/>
+    <w:rsid w:val="0071400F"/>
+    <w:rsid w:val="0071421E"/>
+    <w:rsid w:val="0071422E"/>
+    <w:rsid w:val="007148CA"/>
+    <w:rsid w:val="007154A6"/>
+    <w:rsid w:val="00715709"/>
+    <w:rsid w:val="007159A0"/>
+    <w:rsid w:val="007177A2"/>
+    <w:rsid w:val="00717C67"/>
+    <w:rsid w:val="007200B1"/>
+    <w:rsid w:val="007209C7"/>
+    <w:rsid w:val="00720EC1"/>
+    <w:rsid w:val="00721920"/>
+    <w:rsid w:val="007230C5"/>
+    <w:rsid w:val="007235DD"/>
+    <w:rsid w:val="00723C9E"/>
+    <w:rsid w:val="0072492E"/>
+    <w:rsid w:val="007262D1"/>
+    <w:rsid w:val="00726511"/>
+    <w:rsid w:val="007272C6"/>
+    <w:rsid w:val="00727481"/>
+    <w:rsid w:val="007320C3"/>
+    <w:rsid w:val="007326C2"/>
+    <w:rsid w:val="00732D43"/>
+    <w:rsid w:val="00732E27"/>
+    <w:rsid w:val="0073435C"/>
+    <w:rsid w:val="007349D1"/>
+    <w:rsid w:val="00734C09"/>
+    <w:rsid w:val="00735C42"/>
+    <w:rsid w:val="00736FBA"/>
+    <w:rsid w:val="00740840"/>
+    <w:rsid w:val="007423AD"/>
+    <w:rsid w:val="00742DD0"/>
+    <w:rsid w:val="00744571"/>
+    <w:rsid w:val="007449CE"/>
+    <w:rsid w:val="007454F5"/>
+    <w:rsid w:val="00745822"/>
+    <w:rsid w:val="00745CA0"/>
+    <w:rsid w:val="00745FED"/>
+    <w:rsid w:val="007465EB"/>
+    <w:rsid w:val="00746DB9"/>
+    <w:rsid w:val="00746F55"/>
+    <w:rsid w:val="007471E5"/>
+    <w:rsid w:val="007474A4"/>
+    <w:rsid w:val="00747EA6"/>
+    <w:rsid w:val="00752B26"/>
+    <w:rsid w:val="00754E24"/>
+    <w:rsid w:val="007551F0"/>
+    <w:rsid w:val="0075556D"/>
+    <w:rsid w:val="007559E4"/>
+    <w:rsid w:val="00756EAE"/>
+    <w:rsid w:val="007575BC"/>
+    <w:rsid w:val="00760DE9"/>
+    <w:rsid w:val="007625F4"/>
+    <w:rsid w:val="00762858"/>
+    <w:rsid w:val="00763360"/>
+    <w:rsid w:val="00764799"/>
+    <w:rsid w:val="0076495A"/>
+    <w:rsid w:val="00764D7D"/>
+    <w:rsid w:val="007671F8"/>
+    <w:rsid w:val="00767BEB"/>
+    <w:rsid w:val="00770104"/>
+    <w:rsid w:val="00770820"/>
+    <w:rsid w:val="00770FDD"/>
+    <w:rsid w:val="00770FE4"/>
+    <w:rsid w:val="00771527"/>
+    <w:rsid w:val="00771765"/>
+    <w:rsid w:val="00772831"/>
+    <w:rsid w:val="0077289A"/>
+    <w:rsid w:val="0077349E"/>
+    <w:rsid w:val="00774BD6"/>
+    <w:rsid w:val="00774F64"/>
+    <w:rsid w:val="0077506E"/>
+    <w:rsid w:val="00775187"/>
+    <w:rsid w:val="00777982"/>
+    <w:rsid w:val="00780308"/>
+    <w:rsid w:val="007813B7"/>
+    <w:rsid w:val="00781AF8"/>
+    <w:rsid w:val="0078262E"/>
+    <w:rsid w:val="00782F61"/>
+    <w:rsid w:val="007830A7"/>
+    <w:rsid w:val="0078387C"/>
+    <w:rsid w:val="00785237"/>
+    <w:rsid w:val="007853FC"/>
+    <w:rsid w:val="007855F8"/>
+    <w:rsid w:val="0078621F"/>
+    <w:rsid w:val="007863B9"/>
+    <w:rsid w:val="00791AAF"/>
+    <w:rsid w:val="00791DA5"/>
+    <w:rsid w:val="00791F52"/>
+    <w:rsid w:val="0079234A"/>
+    <w:rsid w:val="007924E3"/>
+    <w:rsid w:val="00792D91"/>
+    <w:rsid w:val="0079404B"/>
+    <w:rsid w:val="0079691F"/>
+    <w:rsid w:val="00796B7D"/>
+    <w:rsid w:val="00796CF9"/>
+    <w:rsid w:val="00797154"/>
+    <w:rsid w:val="00797443"/>
+    <w:rsid w:val="007A0BC8"/>
+    <w:rsid w:val="007A1887"/>
+    <w:rsid w:val="007A209F"/>
+    <w:rsid w:val="007A2773"/>
+    <w:rsid w:val="007A2FF9"/>
+    <w:rsid w:val="007A51DF"/>
+    <w:rsid w:val="007A52F6"/>
+    <w:rsid w:val="007A58A5"/>
+    <w:rsid w:val="007A5934"/>
+    <w:rsid w:val="007A67DD"/>
+    <w:rsid w:val="007A7FEB"/>
+    <w:rsid w:val="007B1DF8"/>
+    <w:rsid w:val="007B3EA1"/>
+    <w:rsid w:val="007B525F"/>
+    <w:rsid w:val="007B6928"/>
+    <w:rsid w:val="007B7405"/>
+    <w:rsid w:val="007B7480"/>
+    <w:rsid w:val="007C12CC"/>
+    <w:rsid w:val="007C22E4"/>
+    <w:rsid w:val="007C425C"/>
+    <w:rsid w:val="007C48E4"/>
+    <w:rsid w:val="007C4D00"/>
+    <w:rsid w:val="007C5CD7"/>
+    <w:rsid w:val="007C5E6C"/>
+    <w:rsid w:val="007C5FAE"/>
+    <w:rsid w:val="007C6C4D"/>
+    <w:rsid w:val="007D0E40"/>
+    <w:rsid w:val="007D17D4"/>
+    <w:rsid w:val="007D1889"/>
+    <w:rsid w:val="007D2452"/>
+    <w:rsid w:val="007D2FF4"/>
+    <w:rsid w:val="007D3E6B"/>
+    <w:rsid w:val="007D4877"/>
+    <w:rsid w:val="007D4E0E"/>
+    <w:rsid w:val="007D5D4A"/>
+    <w:rsid w:val="007D6469"/>
+    <w:rsid w:val="007D694D"/>
+    <w:rsid w:val="007D73E2"/>
+    <w:rsid w:val="007D75E8"/>
+    <w:rsid w:val="007D7B58"/>
+    <w:rsid w:val="007E0096"/>
+    <w:rsid w:val="007E120E"/>
+    <w:rsid w:val="007E1A06"/>
+    <w:rsid w:val="007E22BF"/>
+    <w:rsid w:val="007E2CA2"/>
+    <w:rsid w:val="007E3256"/>
+    <w:rsid w:val="007E3565"/>
+    <w:rsid w:val="007E3A88"/>
+    <w:rsid w:val="007E4C29"/>
+    <w:rsid w:val="007E4D08"/>
+    <w:rsid w:val="007E4DCB"/>
+    <w:rsid w:val="007E5140"/>
+    <w:rsid w:val="007E5542"/>
+    <w:rsid w:val="007E5B3A"/>
+    <w:rsid w:val="007E5CB3"/>
+    <w:rsid w:val="007E6D29"/>
+    <w:rsid w:val="007E7795"/>
+    <w:rsid w:val="007E7932"/>
+    <w:rsid w:val="007F0A8C"/>
+    <w:rsid w:val="007F0BF0"/>
+    <w:rsid w:val="007F212A"/>
+    <w:rsid w:val="007F2766"/>
+    <w:rsid w:val="007F308C"/>
+    <w:rsid w:val="007F36B3"/>
+    <w:rsid w:val="007F389F"/>
+    <w:rsid w:val="007F471F"/>
+    <w:rsid w:val="007F5576"/>
+    <w:rsid w:val="007F55CE"/>
+    <w:rsid w:val="007F7266"/>
+    <w:rsid w:val="0080015A"/>
+    <w:rsid w:val="0080057E"/>
+    <w:rsid w:val="00801658"/>
+    <w:rsid w:val="00801719"/>
+    <w:rsid w:val="00802EB6"/>
+    <w:rsid w:val="008030E4"/>
+    <w:rsid w:val="00803B93"/>
+    <w:rsid w:val="008040F7"/>
+    <w:rsid w:val="00804D7E"/>
+    <w:rsid w:val="008067E8"/>
+    <w:rsid w:val="00807615"/>
+    <w:rsid w:val="008107A7"/>
+    <w:rsid w:val="00811263"/>
+    <w:rsid w:val="008121D6"/>
+    <w:rsid w:val="008128CD"/>
+    <w:rsid w:val="00813728"/>
+    <w:rsid w:val="00813BE6"/>
+    <w:rsid w:val="00813D50"/>
+    <w:rsid w:val="008142ED"/>
+    <w:rsid w:val="0081591D"/>
+    <w:rsid w:val="00816965"/>
+    <w:rsid w:val="00817DB5"/>
+    <w:rsid w:val="00820280"/>
+    <w:rsid w:val="008202B3"/>
+    <w:rsid w:val="00820A4D"/>
+    <w:rsid w:val="00823181"/>
+    <w:rsid w:val="008241C7"/>
+    <w:rsid w:val="008249F0"/>
+    <w:rsid w:val="00825085"/>
+    <w:rsid w:val="0082595C"/>
+    <w:rsid w:val="008265B4"/>
+    <w:rsid w:val="00826840"/>
+    <w:rsid w:val="00826C26"/>
+    <w:rsid w:val="00827BE6"/>
+    <w:rsid w:val="00831241"/>
+    <w:rsid w:val="00831872"/>
+    <w:rsid w:val="008319A3"/>
+    <w:rsid w:val="00831AD8"/>
+    <w:rsid w:val="00832AA1"/>
+    <w:rsid w:val="00833431"/>
+    <w:rsid w:val="00833AB8"/>
+    <w:rsid w:val="00833EDB"/>
+    <w:rsid w:val="00833FFC"/>
+    <w:rsid w:val="00834D3A"/>
+    <w:rsid w:val="0083765A"/>
+    <w:rsid w:val="00837DF2"/>
+    <w:rsid w:val="00840225"/>
+    <w:rsid w:val="00840BE1"/>
+    <w:rsid w:val="00840CF8"/>
+    <w:rsid w:val="0084176E"/>
+    <w:rsid w:val="00841D00"/>
+    <w:rsid w:val="00842064"/>
+    <w:rsid w:val="008420F9"/>
+    <w:rsid w:val="008421B1"/>
+    <w:rsid w:val="008421EC"/>
+    <w:rsid w:val="00842261"/>
+    <w:rsid w:val="00843769"/>
+    <w:rsid w:val="00843DAD"/>
+    <w:rsid w:val="0084487B"/>
+    <w:rsid w:val="00844A15"/>
+    <w:rsid w:val="00844DA8"/>
+    <w:rsid w:val="0084590B"/>
+    <w:rsid w:val="00847382"/>
+    <w:rsid w:val="008501BC"/>
+    <w:rsid w:val="00850692"/>
+    <w:rsid w:val="00850A11"/>
+    <w:rsid w:val="008519DC"/>
+    <w:rsid w:val="00852B93"/>
+    <w:rsid w:val="00852E23"/>
+    <w:rsid w:val="00852EF7"/>
+    <w:rsid w:val="008531CF"/>
+    <w:rsid w:val="00853247"/>
+    <w:rsid w:val="00853248"/>
+    <w:rsid w:val="0085355E"/>
+    <w:rsid w:val="008536E2"/>
+    <w:rsid w:val="00853E64"/>
+    <w:rsid w:val="008545FD"/>
+    <w:rsid w:val="008549E7"/>
+    <w:rsid w:val="0086020A"/>
+    <w:rsid w:val="00861F9F"/>
+    <w:rsid w:val="00862C6F"/>
+    <w:rsid w:val="00862CDD"/>
+    <w:rsid w:val="00862ED2"/>
+    <w:rsid w:val="008636A4"/>
+    <w:rsid w:val="0086391A"/>
+    <w:rsid w:val="00863C5B"/>
+    <w:rsid w:val="008649B8"/>
+    <w:rsid w:val="00865964"/>
+    <w:rsid w:val="00867E64"/>
+    <w:rsid w:val="008700C4"/>
+    <w:rsid w:val="008710D1"/>
+    <w:rsid w:val="00871B6C"/>
+    <w:rsid w:val="0087305C"/>
+    <w:rsid w:val="00873C82"/>
+    <w:rsid w:val="00874CCA"/>
+    <w:rsid w:val="008751E9"/>
+    <w:rsid w:val="008757D0"/>
+    <w:rsid w:val="0087587C"/>
+    <w:rsid w:val="00876D59"/>
+    <w:rsid w:val="0088193F"/>
+    <w:rsid w:val="00881AE3"/>
+    <w:rsid w:val="00881E88"/>
+    <w:rsid w:val="00882967"/>
+    <w:rsid w:val="00882E65"/>
+    <w:rsid w:val="008837EB"/>
+    <w:rsid w:val="00883B8B"/>
+    <w:rsid w:val="0088493B"/>
+    <w:rsid w:val="00884A9D"/>
+    <w:rsid w:val="00885553"/>
+    <w:rsid w:val="00885678"/>
+    <w:rsid w:val="00885A6E"/>
+    <w:rsid w:val="00885CA2"/>
+    <w:rsid w:val="008866A6"/>
+    <w:rsid w:val="00886C22"/>
+    <w:rsid w:val="008873C8"/>
+    <w:rsid w:val="0089046C"/>
+    <w:rsid w:val="008905E1"/>
+    <w:rsid w:val="00893333"/>
+    <w:rsid w:val="00893B32"/>
+    <w:rsid w:val="00894644"/>
+    <w:rsid w:val="0089469B"/>
+    <w:rsid w:val="00895BB2"/>
+    <w:rsid w:val="00896EF3"/>
+    <w:rsid w:val="00897AAE"/>
+    <w:rsid w:val="00897BAB"/>
+    <w:rsid w:val="008A01A0"/>
+    <w:rsid w:val="008A0AFE"/>
+    <w:rsid w:val="008A1320"/>
+    <w:rsid w:val="008A14AD"/>
+    <w:rsid w:val="008A1D92"/>
+    <w:rsid w:val="008A1E99"/>
+    <w:rsid w:val="008A29B3"/>
+    <w:rsid w:val="008A48F9"/>
+    <w:rsid w:val="008A4A78"/>
+    <w:rsid w:val="008A59DF"/>
+    <w:rsid w:val="008A5C0B"/>
+    <w:rsid w:val="008A63B4"/>
+    <w:rsid w:val="008A6578"/>
+    <w:rsid w:val="008A6B5C"/>
+    <w:rsid w:val="008B1096"/>
+    <w:rsid w:val="008B18D8"/>
+    <w:rsid w:val="008B31F9"/>
+    <w:rsid w:val="008B3BE5"/>
+    <w:rsid w:val="008B3C01"/>
+    <w:rsid w:val="008B4931"/>
+    <w:rsid w:val="008B4E25"/>
+    <w:rsid w:val="008B6107"/>
+    <w:rsid w:val="008B705E"/>
+    <w:rsid w:val="008B72EC"/>
+    <w:rsid w:val="008C0378"/>
+    <w:rsid w:val="008C0DE4"/>
+    <w:rsid w:val="008C15A5"/>
+    <w:rsid w:val="008C240B"/>
+    <w:rsid w:val="008C2A0A"/>
+    <w:rsid w:val="008C391A"/>
+    <w:rsid w:val="008C44A8"/>
+    <w:rsid w:val="008C55D0"/>
+    <w:rsid w:val="008C5C54"/>
+    <w:rsid w:val="008C6850"/>
+    <w:rsid w:val="008C6FB0"/>
+    <w:rsid w:val="008C76AA"/>
+    <w:rsid w:val="008C7871"/>
+    <w:rsid w:val="008C7C1F"/>
+    <w:rsid w:val="008D145F"/>
+    <w:rsid w:val="008D3932"/>
+    <w:rsid w:val="008D397E"/>
+    <w:rsid w:val="008D3FAD"/>
+    <w:rsid w:val="008D5336"/>
+    <w:rsid w:val="008D7610"/>
+    <w:rsid w:val="008D7D8B"/>
+    <w:rsid w:val="008D7EBB"/>
+    <w:rsid w:val="008E0DFC"/>
+    <w:rsid w:val="008E10AE"/>
+    <w:rsid w:val="008E1222"/>
+    <w:rsid w:val="008E1ABB"/>
+    <w:rsid w:val="008E1EE7"/>
+    <w:rsid w:val="008E2A8F"/>
+    <w:rsid w:val="008E2E77"/>
+    <w:rsid w:val="008E3CDC"/>
+    <w:rsid w:val="008E3DF1"/>
+    <w:rsid w:val="008E4F9D"/>
+    <w:rsid w:val="008E526B"/>
+    <w:rsid w:val="008E5AEE"/>
+    <w:rsid w:val="008E7450"/>
+    <w:rsid w:val="008E7690"/>
+    <w:rsid w:val="008F0306"/>
+    <w:rsid w:val="008F0900"/>
+    <w:rsid w:val="008F102F"/>
+    <w:rsid w:val="008F135F"/>
+    <w:rsid w:val="008F1AE6"/>
+    <w:rsid w:val="008F23C4"/>
+    <w:rsid w:val="008F300F"/>
+    <w:rsid w:val="008F347A"/>
+    <w:rsid w:val="008F4A20"/>
+    <w:rsid w:val="008F501C"/>
+    <w:rsid w:val="008F581C"/>
+    <w:rsid w:val="008F5CFB"/>
+    <w:rsid w:val="008F5E6E"/>
+    <w:rsid w:val="008F650F"/>
+    <w:rsid w:val="008F7DE1"/>
+    <w:rsid w:val="00900081"/>
+    <w:rsid w:val="00901721"/>
+    <w:rsid w:val="00901F2D"/>
+    <w:rsid w:val="00902FEB"/>
+    <w:rsid w:val="0090469B"/>
+    <w:rsid w:val="00904A90"/>
+    <w:rsid w:val="00904FD4"/>
+    <w:rsid w:val="00907A2A"/>
+    <w:rsid w:val="009131E6"/>
+    <w:rsid w:val="00913482"/>
+    <w:rsid w:val="00913C79"/>
+    <w:rsid w:val="00913DFA"/>
+    <w:rsid w:val="009140F4"/>
+    <w:rsid w:val="00914478"/>
+    <w:rsid w:val="00914DA0"/>
+    <w:rsid w:val="009163DB"/>
+    <w:rsid w:val="0091667D"/>
+    <w:rsid w:val="00916C85"/>
+    <w:rsid w:val="00917B84"/>
+    <w:rsid w:val="00920025"/>
+    <w:rsid w:val="009202BE"/>
+    <w:rsid w:val="00920351"/>
+    <w:rsid w:val="00921F43"/>
+    <w:rsid w:val="00924470"/>
+    <w:rsid w:val="00924521"/>
+    <w:rsid w:val="009249FC"/>
+    <w:rsid w:val="00924BBA"/>
+    <w:rsid w:val="00924C74"/>
+    <w:rsid w:val="00925082"/>
+    <w:rsid w:val="00925615"/>
+    <w:rsid w:val="009266AC"/>
+    <w:rsid w:val="00926ACB"/>
+    <w:rsid w:val="00927322"/>
+    <w:rsid w:val="009276D8"/>
+    <w:rsid w:val="009302B2"/>
+    <w:rsid w:val="00930D97"/>
+    <w:rsid w:val="009312F6"/>
+    <w:rsid w:val="0093135A"/>
+    <w:rsid w:val="00933D78"/>
+    <w:rsid w:val="00936A8A"/>
+    <w:rsid w:val="00936FFA"/>
+    <w:rsid w:val="009375E9"/>
+    <w:rsid w:val="00937D97"/>
+    <w:rsid w:val="00940657"/>
+    <w:rsid w:val="0094089D"/>
+    <w:rsid w:val="00940B1D"/>
+    <w:rsid w:val="00942EC0"/>
+    <w:rsid w:val="00943012"/>
+    <w:rsid w:val="009433C6"/>
+    <w:rsid w:val="00943B1B"/>
+    <w:rsid w:val="00943DB7"/>
+    <w:rsid w:val="00944A4D"/>
+    <w:rsid w:val="00945832"/>
+    <w:rsid w:val="00945D04"/>
+    <w:rsid w:val="009468EA"/>
+    <w:rsid w:val="00946C80"/>
+    <w:rsid w:val="00946D3F"/>
+    <w:rsid w:val="009507F6"/>
+    <w:rsid w:val="009511D9"/>
+    <w:rsid w:val="009513D3"/>
+    <w:rsid w:val="009515CB"/>
+    <w:rsid w:val="0095174E"/>
+    <w:rsid w:val="00952A6E"/>
+    <w:rsid w:val="00952FD5"/>
+    <w:rsid w:val="009538EB"/>
+    <w:rsid w:val="00953EF7"/>
+    <w:rsid w:val="009557DF"/>
+    <w:rsid w:val="009565DA"/>
+    <w:rsid w:val="00960024"/>
+    <w:rsid w:val="00961C0A"/>
+    <w:rsid w:val="00961E50"/>
+    <w:rsid w:val="00962805"/>
+    <w:rsid w:val="00962984"/>
+    <w:rsid w:val="0096333E"/>
+    <w:rsid w:val="00963577"/>
+    <w:rsid w:val="00963699"/>
+    <w:rsid w:val="00963D61"/>
+    <w:rsid w:val="00964EAC"/>
+    <w:rsid w:val="00965BBC"/>
+    <w:rsid w:val="00966370"/>
+    <w:rsid w:val="009664B6"/>
+    <w:rsid w:val="00967A99"/>
+    <w:rsid w:val="009700D5"/>
+    <w:rsid w:val="00970B22"/>
+    <w:rsid w:val="00970D02"/>
+    <w:rsid w:val="00970FE3"/>
+    <w:rsid w:val="00972EAA"/>
+    <w:rsid w:val="00973864"/>
+    <w:rsid w:val="009739A5"/>
+    <w:rsid w:val="00973BE6"/>
+    <w:rsid w:val="009749A5"/>
+    <w:rsid w:val="00974E40"/>
+    <w:rsid w:val="00974FD8"/>
+    <w:rsid w:val="0097522E"/>
+    <w:rsid w:val="0097546E"/>
+    <w:rsid w:val="009758C0"/>
+    <w:rsid w:val="009766DB"/>
+    <w:rsid w:val="00977023"/>
+    <w:rsid w:val="0097715F"/>
+    <w:rsid w:val="00977240"/>
+    <w:rsid w:val="00981D2E"/>
+    <w:rsid w:val="009831A2"/>
+    <w:rsid w:val="00983BC8"/>
+    <w:rsid w:val="0098498E"/>
+    <w:rsid w:val="00985ECD"/>
+    <w:rsid w:val="00986123"/>
+    <w:rsid w:val="00986873"/>
+    <w:rsid w:val="00987059"/>
+    <w:rsid w:val="0098758B"/>
+    <w:rsid w:val="00987A5E"/>
+    <w:rsid w:val="00987FBB"/>
+    <w:rsid w:val="009903E5"/>
+    <w:rsid w:val="009904AD"/>
+    <w:rsid w:val="00990C49"/>
+    <w:rsid w:val="009917B4"/>
+    <w:rsid w:val="00991A3E"/>
+    <w:rsid w:val="00991AAF"/>
+    <w:rsid w:val="009921FF"/>
+    <w:rsid w:val="00993323"/>
+    <w:rsid w:val="0099431A"/>
+    <w:rsid w:val="009948C2"/>
+    <w:rsid w:val="00995741"/>
+    <w:rsid w:val="00996478"/>
+    <w:rsid w:val="00996674"/>
+    <w:rsid w:val="00996B2A"/>
+    <w:rsid w:val="00996C65"/>
+    <w:rsid w:val="009976E3"/>
+    <w:rsid w:val="009A292C"/>
+    <w:rsid w:val="009A2F50"/>
+    <w:rsid w:val="009A373A"/>
+    <w:rsid w:val="009A3E90"/>
+    <w:rsid w:val="009A4615"/>
+    <w:rsid w:val="009A475B"/>
+    <w:rsid w:val="009A4F42"/>
+    <w:rsid w:val="009A55DA"/>
+    <w:rsid w:val="009A5B58"/>
+    <w:rsid w:val="009A6614"/>
+    <w:rsid w:val="009A7A18"/>
+    <w:rsid w:val="009A7BDC"/>
+    <w:rsid w:val="009B0B87"/>
+    <w:rsid w:val="009B14E6"/>
+    <w:rsid w:val="009B21F7"/>
+    <w:rsid w:val="009B2A68"/>
+    <w:rsid w:val="009B300D"/>
+    <w:rsid w:val="009B33FC"/>
+    <w:rsid w:val="009B36C1"/>
+    <w:rsid w:val="009B3CFD"/>
+    <w:rsid w:val="009B3EB1"/>
+    <w:rsid w:val="009B4CA4"/>
+    <w:rsid w:val="009B5F55"/>
+    <w:rsid w:val="009B6B7B"/>
+    <w:rsid w:val="009B772A"/>
+    <w:rsid w:val="009B7957"/>
+    <w:rsid w:val="009C038B"/>
+    <w:rsid w:val="009C040E"/>
+    <w:rsid w:val="009C0A15"/>
+    <w:rsid w:val="009C15F5"/>
+    <w:rsid w:val="009C16DF"/>
+    <w:rsid w:val="009C1813"/>
+    <w:rsid w:val="009C1DD5"/>
+    <w:rsid w:val="009C2CC1"/>
+    <w:rsid w:val="009C47E1"/>
+    <w:rsid w:val="009C66A8"/>
+    <w:rsid w:val="009C70F3"/>
+    <w:rsid w:val="009C781F"/>
+    <w:rsid w:val="009C7BA9"/>
+    <w:rsid w:val="009D0936"/>
+    <w:rsid w:val="009D1179"/>
+    <w:rsid w:val="009D1B7C"/>
+    <w:rsid w:val="009D3D03"/>
+    <w:rsid w:val="009D41D9"/>
+    <w:rsid w:val="009D49C4"/>
+    <w:rsid w:val="009D5584"/>
+    <w:rsid w:val="009D5606"/>
+    <w:rsid w:val="009D5683"/>
+    <w:rsid w:val="009D7070"/>
+    <w:rsid w:val="009D79A0"/>
+    <w:rsid w:val="009E02E1"/>
+    <w:rsid w:val="009E0895"/>
+    <w:rsid w:val="009E0ED3"/>
+    <w:rsid w:val="009E1CE8"/>
+    <w:rsid w:val="009E2872"/>
+    <w:rsid w:val="009E2E1C"/>
+    <w:rsid w:val="009E2FD8"/>
+    <w:rsid w:val="009E4215"/>
+    <w:rsid w:val="009E4D40"/>
+    <w:rsid w:val="009E508B"/>
+    <w:rsid w:val="009E69BC"/>
+    <w:rsid w:val="009E6D10"/>
+    <w:rsid w:val="009E6EA8"/>
+    <w:rsid w:val="009E747E"/>
+    <w:rsid w:val="009E7A78"/>
+    <w:rsid w:val="009E7BC1"/>
+    <w:rsid w:val="009E7F5A"/>
+    <w:rsid w:val="009F13AA"/>
+    <w:rsid w:val="009F1571"/>
+    <w:rsid w:val="009F206F"/>
+    <w:rsid w:val="009F4617"/>
+    <w:rsid w:val="009F7849"/>
+    <w:rsid w:val="009F7CEA"/>
+    <w:rsid w:val="00A00875"/>
+    <w:rsid w:val="00A009ED"/>
+    <w:rsid w:val="00A00DE7"/>
+    <w:rsid w:val="00A02339"/>
+    <w:rsid w:val="00A033B0"/>
+    <w:rsid w:val="00A041E9"/>
+    <w:rsid w:val="00A0447F"/>
+    <w:rsid w:val="00A0469E"/>
+    <w:rsid w:val="00A04F82"/>
+    <w:rsid w:val="00A06DEF"/>
+    <w:rsid w:val="00A06F17"/>
+    <w:rsid w:val="00A1099C"/>
+    <w:rsid w:val="00A113D9"/>
+    <w:rsid w:val="00A11427"/>
+    <w:rsid w:val="00A121C5"/>
+    <w:rsid w:val="00A13273"/>
+    <w:rsid w:val="00A1744A"/>
+    <w:rsid w:val="00A2219C"/>
+    <w:rsid w:val="00A232B4"/>
+    <w:rsid w:val="00A23B9C"/>
+    <w:rsid w:val="00A24152"/>
+    <w:rsid w:val="00A26B1D"/>
+    <w:rsid w:val="00A26DD2"/>
+    <w:rsid w:val="00A270D5"/>
+    <w:rsid w:val="00A27474"/>
+    <w:rsid w:val="00A2765F"/>
+    <w:rsid w:val="00A30FFF"/>
+    <w:rsid w:val="00A31811"/>
+    <w:rsid w:val="00A35501"/>
+    <w:rsid w:val="00A35B2B"/>
+    <w:rsid w:val="00A36E2B"/>
+    <w:rsid w:val="00A3784E"/>
+    <w:rsid w:val="00A37CFE"/>
+    <w:rsid w:val="00A37FAB"/>
+    <w:rsid w:val="00A408DB"/>
+    <w:rsid w:val="00A43536"/>
+    <w:rsid w:val="00A43BE3"/>
+    <w:rsid w:val="00A43EE1"/>
+    <w:rsid w:val="00A43EED"/>
+    <w:rsid w:val="00A440B5"/>
+    <w:rsid w:val="00A44E7F"/>
+    <w:rsid w:val="00A4506E"/>
+    <w:rsid w:val="00A45447"/>
+    <w:rsid w:val="00A47166"/>
+    <w:rsid w:val="00A474EF"/>
+    <w:rsid w:val="00A4765A"/>
+    <w:rsid w:val="00A5012A"/>
+    <w:rsid w:val="00A50818"/>
+    <w:rsid w:val="00A51CCF"/>
+    <w:rsid w:val="00A545E5"/>
+    <w:rsid w:val="00A54660"/>
+    <w:rsid w:val="00A54D7B"/>
+    <w:rsid w:val="00A55143"/>
+    <w:rsid w:val="00A55260"/>
+    <w:rsid w:val="00A55DC1"/>
+    <w:rsid w:val="00A6139A"/>
+    <w:rsid w:val="00A6196D"/>
+    <w:rsid w:val="00A61BF1"/>
+    <w:rsid w:val="00A620AE"/>
+    <w:rsid w:val="00A630A5"/>
+    <w:rsid w:val="00A64604"/>
+    <w:rsid w:val="00A6494E"/>
+    <w:rsid w:val="00A65F66"/>
+    <w:rsid w:val="00A6636A"/>
+    <w:rsid w:val="00A66642"/>
+    <w:rsid w:val="00A66F5D"/>
+    <w:rsid w:val="00A6784F"/>
+    <w:rsid w:val="00A67A30"/>
+    <w:rsid w:val="00A7085D"/>
+    <w:rsid w:val="00A71E83"/>
+    <w:rsid w:val="00A72714"/>
+    <w:rsid w:val="00A73AFE"/>
+    <w:rsid w:val="00A741E1"/>
+    <w:rsid w:val="00A750FB"/>
+    <w:rsid w:val="00A75206"/>
+    <w:rsid w:val="00A76008"/>
+    <w:rsid w:val="00A76322"/>
+    <w:rsid w:val="00A771E4"/>
+    <w:rsid w:val="00A8011A"/>
+    <w:rsid w:val="00A808E3"/>
+    <w:rsid w:val="00A80DF5"/>
+    <w:rsid w:val="00A818E2"/>
+    <w:rsid w:val="00A820D4"/>
+    <w:rsid w:val="00A82A5F"/>
+    <w:rsid w:val="00A82B5D"/>
+    <w:rsid w:val="00A82BDD"/>
+    <w:rsid w:val="00A82D65"/>
+    <w:rsid w:val="00A879B5"/>
+    <w:rsid w:val="00A90B74"/>
+    <w:rsid w:val="00A90E95"/>
+    <w:rsid w:val="00A91D90"/>
+    <w:rsid w:val="00A93B9F"/>
+    <w:rsid w:val="00A9577B"/>
+    <w:rsid w:val="00A975D6"/>
+    <w:rsid w:val="00A976E3"/>
+    <w:rsid w:val="00AA4725"/>
+    <w:rsid w:val="00AA712D"/>
+    <w:rsid w:val="00AB01AE"/>
+    <w:rsid w:val="00AB0E01"/>
+    <w:rsid w:val="00AB2612"/>
+    <w:rsid w:val="00AB27FF"/>
+    <w:rsid w:val="00AB2825"/>
+    <w:rsid w:val="00AB363D"/>
+    <w:rsid w:val="00AB38B0"/>
+    <w:rsid w:val="00AB40F8"/>
+    <w:rsid w:val="00AB4159"/>
+    <w:rsid w:val="00AB463F"/>
+    <w:rsid w:val="00AB527B"/>
+    <w:rsid w:val="00AB6EF0"/>
+    <w:rsid w:val="00AB6EFF"/>
+    <w:rsid w:val="00AC08E0"/>
+    <w:rsid w:val="00AC1A33"/>
+    <w:rsid w:val="00AC1F70"/>
+    <w:rsid w:val="00AC2FDF"/>
+    <w:rsid w:val="00AC3008"/>
+    <w:rsid w:val="00AC32CB"/>
+    <w:rsid w:val="00AC419D"/>
+    <w:rsid w:val="00AC447C"/>
+    <w:rsid w:val="00AC62B9"/>
+    <w:rsid w:val="00AC62BA"/>
+    <w:rsid w:val="00AC6DAF"/>
+    <w:rsid w:val="00AC73A1"/>
+    <w:rsid w:val="00AD047F"/>
+    <w:rsid w:val="00AD08F0"/>
+    <w:rsid w:val="00AD0C3F"/>
+    <w:rsid w:val="00AD1B17"/>
+    <w:rsid w:val="00AD1C07"/>
+    <w:rsid w:val="00AD35BD"/>
+    <w:rsid w:val="00AD39C8"/>
+    <w:rsid w:val="00AD3FB5"/>
+    <w:rsid w:val="00AD42BB"/>
+    <w:rsid w:val="00AD4855"/>
+    <w:rsid w:val="00AD5346"/>
+    <w:rsid w:val="00AD5B2E"/>
+    <w:rsid w:val="00AD5F03"/>
+    <w:rsid w:val="00AD6201"/>
+    <w:rsid w:val="00AD6E33"/>
+    <w:rsid w:val="00AE017F"/>
+    <w:rsid w:val="00AE169B"/>
+    <w:rsid w:val="00AE1996"/>
+    <w:rsid w:val="00AE2545"/>
+    <w:rsid w:val="00AE3D47"/>
+    <w:rsid w:val="00AE4D88"/>
+    <w:rsid w:val="00AE5D2C"/>
+    <w:rsid w:val="00AE617A"/>
+    <w:rsid w:val="00AE67A3"/>
+    <w:rsid w:val="00AE7094"/>
+    <w:rsid w:val="00AE725F"/>
+    <w:rsid w:val="00AF2406"/>
+    <w:rsid w:val="00AF5198"/>
+    <w:rsid w:val="00B01328"/>
+    <w:rsid w:val="00B033AD"/>
+    <w:rsid w:val="00B035E8"/>
+    <w:rsid w:val="00B036DC"/>
+    <w:rsid w:val="00B03F71"/>
+    <w:rsid w:val="00B03FE0"/>
+    <w:rsid w:val="00B04497"/>
+    <w:rsid w:val="00B04530"/>
+    <w:rsid w:val="00B045DC"/>
+    <w:rsid w:val="00B0580B"/>
+    <w:rsid w:val="00B059DD"/>
+    <w:rsid w:val="00B05A46"/>
+    <w:rsid w:val="00B061B3"/>
+    <w:rsid w:val="00B06304"/>
+    <w:rsid w:val="00B070B3"/>
+    <w:rsid w:val="00B076F5"/>
+    <w:rsid w:val="00B07BE4"/>
+    <w:rsid w:val="00B07C1A"/>
+    <w:rsid w:val="00B11652"/>
+    <w:rsid w:val="00B11A98"/>
+    <w:rsid w:val="00B12149"/>
+    <w:rsid w:val="00B132CF"/>
+    <w:rsid w:val="00B14018"/>
+    <w:rsid w:val="00B143D5"/>
+    <w:rsid w:val="00B1466E"/>
+    <w:rsid w:val="00B147CA"/>
+    <w:rsid w:val="00B14BA7"/>
+    <w:rsid w:val="00B155FC"/>
+    <w:rsid w:val="00B15ADE"/>
+    <w:rsid w:val="00B15D54"/>
+    <w:rsid w:val="00B160E0"/>
+    <w:rsid w:val="00B20D02"/>
+    <w:rsid w:val="00B2163E"/>
+    <w:rsid w:val="00B2261B"/>
+    <w:rsid w:val="00B22BDF"/>
+    <w:rsid w:val="00B2330A"/>
+    <w:rsid w:val="00B23BA9"/>
+    <w:rsid w:val="00B248F6"/>
+    <w:rsid w:val="00B24E1F"/>
+    <w:rsid w:val="00B250CD"/>
+    <w:rsid w:val="00B2526C"/>
+    <w:rsid w:val="00B25DE8"/>
+    <w:rsid w:val="00B2718C"/>
+    <w:rsid w:val="00B300F1"/>
+    <w:rsid w:val="00B3017A"/>
+    <w:rsid w:val="00B3186A"/>
+    <w:rsid w:val="00B3201F"/>
+    <w:rsid w:val="00B330CA"/>
+    <w:rsid w:val="00B342A0"/>
+    <w:rsid w:val="00B346A2"/>
+    <w:rsid w:val="00B34F7B"/>
+    <w:rsid w:val="00B35107"/>
+    <w:rsid w:val="00B36466"/>
+    <w:rsid w:val="00B36785"/>
+    <w:rsid w:val="00B40030"/>
+    <w:rsid w:val="00B40469"/>
+    <w:rsid w:val="00B410AF"/>
+    <w:rsid w:val="00B4119F"/>
+    <w:rsid w:val="00B4199D"/>
+    <w:rsid w:val="00B4247B"/>
+    <w:rsid w:val="00B42B29"/>
+    <w:rsid w:val="00B42DA8"/>
+    <w:rsid w:val="00B42E6F"/>
+    <w:rsid w:val="00B4374A"/>
+    <w:rsid w:val="00B4394B"/>
+    <w:rsid w:val="00B45196"/>
+    <w:rsid w:val="00B45D32"/>
+    <w:rsid w:val="00B46BD4"/>
+    <w:rsid w:val="00B46E71"/>
+    <w:rsid w:val="00B475C9"/>
+    <w:rsid w:val="00B47C61"/>
+    <w:rsid w:val="00B512DE"/>
+    <w:rsid w:val="00B51E0E"/>
+    <w:rsid w:val="00B5353F"/>
+    <w:rsid w:val="00B5355E"/>
+    <w:rsid w:val="00B54A7A"/>
+    <w:rsid w:val="00B55253"/>
+    <w:rsid w:val="00B5575F"/>
+    <w:rsid w:val="00B56CA6"/>
+    <w:rsid w:val="00B57A14"/>
+    <w:rsid w:val="00B57D0C"/>
+    <w:rsid w:val="00B60D09"/>
+    <w:rsid w:val="00B628FC"/>
+    <w:rsid w:val="00B62A4D"/>
+    <w:rsid w:val="00B62D0C"/>
+    <w:rsid w:val="00B63812"/>
+    <w:rsid w:val="00B64838"/>
+    <w:rsid w:val="00B64D68"/>
+    <w:rsid w:val="00B66BFB"/>
+    <w:rsid w:val="00B67A7D"/>
+    <w:rsid w:val="00B71422"/>
+    <w:rsid w:val="00B7171E"/>
+    <w:rsid w:val="00B72572"/>
+    <w:rsid w:val="00B72AF0"/>
+    <w:rsid w:val="00B72DF0"/>
+    <w:rsid w:val="00B7335D"/>
+    <w:rsid w:val="00B778ED"/>
+    <w:rsid w:val="00B80ED4"/>
+    <w:rsid w:val="00B82448"/>
+    <w:rsid w:val="00B82DB0"/>
+    <w:rsid w:val="00B83AE9"/>
+    <w:rsid w:val="00B83C11"/>
+    <w:rsid w:val="00B84CA9"/>
+    <w:rsid w:val="00B851C7"/>
+    <w:rsid w:val="00B85E5B"/>
+    <w:rsid w:val="00B86527"/>
+    <w:rsid w:val="00B86F8B"/>
+    <w:rsid w:val="00B873D1"/>
+    <w:rsid w:val="00B87D36"/>
+    <w:rsid w:val="00B902B7"/>
+    <w:rsid w:val="00B90D58"/>
+    <w:rsid w:val="00B90DD3"/>
+    <w:rsid w:val="00B922E5"/>
+    <w:rsid w:val="00B9441B"/>
+    <w:rsid w:val="00B94707"/>
+    <w:rsid w:val="00B948D4"/>
+    <w:rsid w:val="00B94D54"/>
+    <w:rsid w:val="00B95BA0"/>
+    <w:rsid w:val="00B9626C"/>
+    <w:rsid w:val="00B96CE4"/>
+    <w:rsid w:val="00B97EAB"/>
+    <w:rsid w:val="00BA0C21"/>
+    <w:rsid w:val="00BA0FDC"/>
+    <w:rsid w:val="00BA1836"/>
+    <w:rsid w:val="00BA1D14"/>
+    <w:rsid w:val="00BA380C"/>
+    <w:rsid w:val="00BA4004"/>
+    <w:rsid w:val="00BA4DD8"/>
+    <w:rsid w:val="00BA5164"/>
+    <w:rsid w:val="00BA5460"/>
+    <w:rsid w:val="00BA622D"/>
+    <w:rsid w:val="00BA64BC"/>
+    <w:rsid w:val="00BA7515"/>
+    <w:rsid w:val="00BA7928"/>
+    <w:rsid w:val="00BB106A"/>
+    <w:rsid w:val="00BB1125"/>
+    <w:rsid w:val="00BB2072"/>
+    <w:rsid w:val="00BB309D"/>
+    <w:rsid w:val="00BB3877"/>
+    <w:rsid w:val="00BB3E1F"/>
+    <w:rsid w:val="00BB46C1"/>
+    <w:rsid w:val="00BB4E4A"/>
+    <w:rsid w:val="00BB4FEC"/>
+    <w:rsid w:val="00BB53A6"/>
+    <w:rsid w:val="00BB5CC5"/>
+    <w:rsid w:val="00BB64F3"/>
+    <w:rsid w:val="00BB676C"/>
+    <w:rsid w:val="00BB7A64"/>
+    <w:rsid w:val="00BB7B41"/>
+    <w:rsid w:val="00BC3BFB"/>
+    <w:rsid w:val="00BC3C35"/>
+    <w:rsid w:val="00BC5004"/>
+    <w:rsid w:val="00BC57C2"/>
+    <w:rsid w:val="00BC61E6"/>
+    <w:rsid w:val="00BC631D"/>
+    <w:rsid w:val="00BC6BAC"/>
+    <w:rsid w:val="00BC6C6C"/>
+    <w:rsid w:val="00BD000D"/>
+    <w:rsid w:val="00BD09E1"/>
+    <w:rsid w:val="00BD117B"/>
+    <w:rsid w:val="00BD166C"/>
+    <w:rsid w:val="00BD228C"/>
+    <w:rsid w:val="00BD24B9"/>
+    <w:rsid w:val="00BD3EE7"/>
+    <w:rsid w:val="00BD3F50"/>
+    <w:rsid w:val="00BD4505"/>
+    <w:rsid w:val="00BD5AE6"/>
+    <w:rsid w:val="00BD5D76"/>
+    <w:rsid w:val="00BD6004"/>
+    <w:rsid w:val="00BD637C"/>
+    <w:rsid w:val="00BD6419"/>
+    <w:rsid w:val="00BD652C"/>
+    <w:rsid w:val="00BD6AD1"/>
+    <w:rsid w:val="00BD6B11"/>
+    <w:rsid w:val="00BD7599"/>
+    <w:rsid w:val="00BE037A"/>
+    <w:rsid w:val="00BE05B0"/>
+    <w:rsid w:val="00BE0775"/>
+    <w:rsid w:val="00BE1664"/>
+    <w:rsid w:val="00BE271F"/>
+    <w:rsid w:val="00BE32EF"/>
+    <w:rsid w:val="00BE39DB"/>
+    <w:rsid w:val="00BE3F5F"/>
+    <w:rsid w:val="00BE4457"/>
+    <w:rsid w:val="00BE4C08"/>
+    <w:rsid w:val="00BE53E3"/>
+    <w:rsid w:val="00BE5658"/>
+    <w:rsid w:val="00BE59F2"/>
+    <w:rsid w:val="00BE6133"/>
+    <w:rsid w:val="00BE62FE"/>
+    <w:rsid w:val="00BE7417"/>
+    <w:rsid w:val="00BF0574"/>
+    <w:rsid w:val="00BF0E55"/>
+    <w:rsid w:val="00BF1166"/>
+    <w:rsid w:val="00BF11D8"/>
+    <w:rsid w:val="00BF2649"/>
+    <w:rsid w:val="00BF3C52"/>
+    <w:rsid w:val="00BF46DF"/>
+    <w:rsid w:val="00BF4AE7"/>
+    <w:rsid w:val="00BF505C"/>
+    <w:rsid w:val="00BF544A"/>
+    <w:rsid w:val="00BF56E3"/>
+    <w:rsid w:val="00BF5730"/>
+    <w:rsid w:val="00BF686D"/>
+    <w:rsid w:val="00BF68E3"/>
+    <w:rsid w:val="00BF6F4B"/>
+    <w:rsid w:val="00BF7406"/>
+    <w:rsid w:val="00C019CD"/>
+    <w:rsid w:val="00C01FE7"/>
+    <w:rsid w:val="00C02849"/>
+    <w:rsid w:val="00C03D78"/>
+    <w:rsid w:val="00C045F9"/>
+    <w:rsid w:val="00C04A55"/>
+    <w:rsid w:val="00C04D4A"/>
+    <w:rsid w:val="00C0581B"/>
+    <w:rsid w:val="00C06D8C"/>
+    <w:rsid w:val="00C070C6"/>
+    <w:rsid w:val="00C0777C"/>
+    <w:rsid w:val="00C1055E"/>
+    <w:rsid w:val="00C10A35"/>
+    <w:rsid w:val="00C11213"/>
+    <w:rsid w:val="00C11249"/>
+    <w:rsid w:val="00C12B22"/>
+    <w:rsid w:val="00C12DEA"/>
+    <w:rsid w:val="00C13A97"/>
+    <w:rsid w:val="00C20A9C"/>
+    <w:rsid w:val="00C20B99"/>
+    <w:rsid w:val="00C22663"/>
+    <w:rsid w:val="00C22A80"/>
+    <w:rsid w:val="00C23C12"/>
+    <w:rsid w:val="00C26D9C"/>
+    <w:rsid w:val="00C276FC"/>
+    <w:rsid w:val="00C27AC1"/>
+    <w:rsid w:val="00C3020F"/>
+    <w:rsid w:val="00C30A01"/>
+    <w:rsid w:val="00C30C17"/>
+    <w:rsid w:val="00C30E5E"/>
+    <w:rsid w:val="00C313B6"/>
+    <w:rsid w:val="00C31D61"/>
+    <w:rsid w:val="00C32077"/>
+    <w:rsid w:val="00C32085"/>
+    <w:rsid w:val="00C32B84"/>
+    <w:rsid w:val="00C32E20"/>
+    <w:rsid w:val="00C339DB"/>
+    <w:rsid w:val="00C34105"/>
+    <w:rsid w:val="00C34D41"/>
+    <w:rsid w:val="00C350B6"/>
+    <w:rsid w:val="00C354AC"/>
+    <w:rsid w:val="00C358B8"/>
+    <w:rsid w:val="00C3595D"/>
+    <w:rsid w:val="00C35E3C"/>
+    <w:rsid w:val="00C35EC7"/>
+    <w:rsid w:val="00C3791E"/>
+    <w:rsid w:val="00C4012C"/>
+    <w:rsid w:val="00C41120"/>
+    <w:rsid w:val="00C41E0E"/>
+    <w:rsid w:val="00C43321"/>
+    <w:rsid w:val="00C43504"/>
+    <w:rsid w:val="00C43547"/>
+    <w:rsid w:val="00C44518"/>
+    <w:rsid w:val="00C44AA1"/>
+    <w:rsid w:val="00C451E8"/>
+    <w:rsid w:val="00C47130"/>
+    <w:rsid w:val="00C47B77"/>
+    <w:rsid w:val="00C51144"/>
+    <w:rsid w:val="00C518E2"/>
+    <w:rsid w:val="00C52092"/>
+    <w:rsid w:val="00C52EC5"/>
+    <w:rsid w:val="00C56E3F"/>
+    <w:rsid w:val="00C57A9A"/>
+    <w:rsid w:val="00C617B9"/>
+    <w:rsid w:val="00C61AC4"/>
+    <w:rsid w:val="00C624F0"/>
+    <w:rsid w:val="00C62DB4"/>
+    <w:rsid w:val="00C6455E"/>
+    <w:rsid w:val="00C6523F"/>
+    <w:rsid w:val="00C65400"/>
+    <w:rsid w:val="00C65B66"/>
+    <w:rsid w:val="00C6611D"/>
+    <w:rsid w:val="00C6753D"/>
+    <w:rsid w:val="00C70F6D"/>
+    <w:rsid w:val="00C7119D"/>
+    <w:rsid w:val="00C7186C"/>
+    <w:rsid w:val="00C71A78"/>
+    <w:rsid w:val="00C72002"/>
+    <w:rsid w:val="00C723C0"/>
+    <w:rsid w:val="00C72BF1"/>
+    <w:rsid w:val="00C74075"/>
+    <w:rsid w:val="00C76958"/>
+    <w:rsid w:val="00C76D65"/>
+    <w:rsid w:val="00C7776C"/>
+    <w:rsid w:val="00C8085B"/>
+    <w:rsid w:val="00C81109"/>
+    <w:rsid w:val="00C8148F"/>
+    <w:rsid w:val="00C81BDC"/>
+    <w:rsid w:val="00C820E6"/>
+    <w:rsid w:val="00C8334D"/>
+    <w:rsid w:val="00C83AE0"/>
+    <w:rsid w:val="00C84622"/>
+    <w:rsid w:val="00C847BD"/>
+    <w:rsid w:val="00C84895"/>
+    <w:rsid w:val="00C84E52"/>
+    <w:rsid w:val="00C86199"/>
+    <w:rsid w:val="00C86504"/>
+    <w:rsid w:val="00C90BDE"/>
+    <w:rsid w:val="00C913F4"/>
+    <w:rsid w:val="00C91420"/>
+    <w:rsid w:val="00C91C37"/>
+    <w:rsid w:val="00C94E67"/>
+    <w:rsid w:val="00C953D4"/>
+    <w:rsid w:val="00C95D7F"/>
+    <w:rsid w:val="00C96865"/>
+    <w:rsid w:val="00C96CA5"/>
+    <w:rsid w:val="00C975F5"/>
+    <w:rsid w:val="00CA03CE"/>
+    <w:rsid w:val="00CA055A"/>
+    <w:rsid w:val="00CA0576"/>
+    <w:rsid w:val="00CA15DF"/>
+    <w:rsid w:val="00CA1844"/>
+    <w:rsid w:val="00CA682A"/>
+    <w:rsid w:val="00CB053E"/>
+    <w:rsid w:val="00CB0773"/>
+    <w:rsid w:val="00CB0F5B"/>
+    <w:rsid w:val="00CB1221"/>
+    <w:rsid w:val="00CB17C0"/>
+    <w:rsid w:val="00CB1ECE"/>
+    <w:rsid w:val="00CB25A8"/>
+    <w:rsid w:val="00CB2EC2"/>
+    <w:rsid w:val="00CB3FB5"/>
+    <w:rsid w:val="00CB40AF"/>
+    <w:rsid w:val="00CB4CF7"/>
+    <w:rsid w:val="00CB5091"/>
+    <w:rsid w:val="00CB574D"/>
+    <w:rsid w:val="00CB5931"/>
+    <w:rsid w:val="00CB5CA8"/>
+    <w:rsid w:val="00CB71CE"/>
+    <w:rsid w:val="00CB7929"/>
+    <w:rsid w:val="00CB7A36"/>
+    <w:rsid w:val="00CB7CA0"/>
+    <w:rsid w:val="00CC04B1"/>
+    <w:rsid w:val="00CC1D60"/>
+    <w:rsid w:val="00CC1F4B"/>
+    <w:rsid w:val="00CC222A"/>
+    <w:rsid w:val="00CC2677"/>
+    <w:rsid w:val="00CC2C5A"/>
+    <w:rsid w:val="00CC3218"/>
+    <w:rsid w:val="00CC477B"/>
+    <w:rsid w:val="00CC4EB1"/>
+    <w:rsid w:val="00CC6122"/>
+    <w:rsid w:val="00CC7422"/>
+    <w:rsid w:val="00CD0320"/>
+    <w:rsid w:val="00CD1CF4"/>
+    <w:rsid w:val="00CD1FEA"/>
+    <w:rsid w:val="00CD29DF"/>
+    <w:rsid w:val="00CD2C0C"/>
+    <w:rsid w:val="00CD320E"/>
+    <w:rsid w:val="00CD3982"/>
+    <w:rsid w:val="00CD41AA"/>
+    <w:rsid w:val="00CD512D"/>
+    <w:rsid w:val="00CD5374"/>
+    <w:rsid w:val="00CD5BAA"/>
+    <w:rsid w:val="00CD74F4"/>
+    <w:rsid w:val="00CE0007"/>
+    <w:rsid w:val="00CE14B5"/>
+    <w:rsid w:val="00CE24AD"/>
+    <w:rsid w:val="00CE3452"/>
+    <w:rsid w:val="00CE36C7"/>
+    <w:rsid w:val="00CE396F"/>
+    <w:rsid w:val="00CE473D"/>
+    <w:rsid w:val="00CE5E1D"/>
+    <w:rsid w:val="00CE6684"/>
+    <w:rsid w:val="00CE7451"/>
+    <w:rsid w:val="00CE7C59"/>
+    <w:rsid w:val="00CF008D"/>
+    <w:rsid w:val="00CF09EE"/>
+    <w:rsid w:val="00CF0DD4"/>
+    <w:rsid w:val="00CF10A1"/>
+    <w:rsid w:val="00CF1668"/>
+    <w:rsid w:val="00CF1BD3"/>
+    <w:rsid w:val="00CF22AD"/>
+    <w:rsid w:val="00CF3136"/>
+    <w:rsid w:val="00CF43C2"/>
+    <w:rsid w:val="00CF4F42"/>
+    <w:rsid w:val="00CF4FF4"/>
+    <w:rsid w:val="00CF5588"/>
+    <w:rsid w:val="00CF5F7B"/>
+    <w:rsid w:val="00CF6EFA"/>
+    <w:rsid w:val="00CF7A12"/>
+    <w:rsid w:val="00CF7F32"/>
+    <w:rsid w:val="00D0026C"/>
+    <w:rsid w:val="00D006BB"/>
+    <w:rsid w:val="00D00B1F"/>
+    <w:rsid w:val="00D00FC9"/>
+    <w:rsid w:val="00D01740"/>
+    <w:rsid w:val="00D02052"/>
+    <w:rsid w:val="00D0553A"/>
+    <w:rsid w:val="00D06B7A"/>
+    <w:rsid w:val="00D076B7"/>
+    <w:rsid w:val="00D07CB8"/>
+    <w:rsid w:val="00D116E5"/>
+    <w:rsid w:val="00D122FC"/>
+    <w:rsid w:val="00D1246D"/>
+    <w:rsid w:val="00D13AF2"/>
+    <w:rsid w:val="00D13C78"/>
+    <w:rsid w:val="00D14046"/>
+    <w:rsid w:val="00D14706"/>
+    <w:rsid w:val="00D14E02"/>
+    <w:rsid w:val="00D14F35"/>
+    <w:rsid w:val="00D15003"/>
+    <w:rsid w:val="00D15B17"/>
+    <w:rsid w:val="00D16198"/>
+    <w:rsid w:val="00D16BD9"/>
+    <w:rsid w:val="00D2151A"/>
+    <w:rsid w:val="00D21A1B"/>
+    <w:rsid w:val="00D2329F"/>
+    <w:rsid w:val="00D23C3E"/>
+    <w:rsid w:val="00D245A8"/>
+    <w:rsid w:val="00D245E3"/>
+    <w:rsid w:val="00D24D89"/>
+    <w:rsid w:val="00D250B3"/>
+    <w:rsid w:val="00D27DB1"/>
+    <w:rsid w:val="00D31CBE"/>
+    <w:rsid w:val="00D32158"/>
+    <w:rsid w:val="00D32449"/>
+    <w:rsid w:val="00D33028"/>
+    <w:rsid w:val="00D33172"/>
+    <w:rsid w:val="00D3382B"/>
+    <w:rsid w:val="00D33C46"/>
+    <w:rsid w:val="00D340E2"/>
+    <w:rsid w:val="00D351B1"/>
+    <w:rsid w:val="00D35855"/>
+    <w:rsid w:val="00D41963"/>
+    <w:rsid w:val="00D424EB"/>
+    <w:rsid w:val="00D429A5"/>
+    <w:rsid w:val="00D44638"/>
+    <w:rsid w:val="00D5078E"/>
+    <w:rsid w:val="00D50D62"/>
+    <w:rsid w:val="00D50F31"/>
+    <w:rsid w:val="00D51379"/>
+    <w:rsid w:val="00D51505"/>
+    <w:rsid w:val="00D515CB"/>
+    <w:rsid w:val="00D52524"/>
+    <w:rsid w:val="00D52D5E"/>
+    <w:rsid w:val="00D53415"/>
+    <w:rsid w:val="00D55540"/>
+    <w:rsid w:val="00D55F27"/>
+    <w:rsid w:val="00D57DBB"/>
+    <w:rsid w:val="00D60083"/>
+    <w:rsid w:val="00D60475"/>
+    <w:rsid w:val="00D61AF8"/>
+    <w:rsid w:val="00D632E1"/>
+    <w:rsid w:val="00D63717"/>
+    <w:rsid w:val="00D63F15"/>
+    <w:rsid w:val="00D64897"/>
+    <w:rsid w:val="00D66BBE"/>
+    <w:rsid w:val="00D66C9C"/>
+    <w:rsid w:val="00D678A8"/>
+    <w:rsid w:val="00D67CFA"/>
+    <w:rsid w:val="00D67DE1"/>
+    <w:rsid w:val="00D7005A"/>
+    <w:rsid w:val="00D70FF7"/>
+    <w:rsid w:val="00D71DC2"/>
+    <w:rsid w:val="00D7206A"/>
+    <w:rsid w:val="00D72718"/>
+    <w:rsid w:val="00D74476"/>
+    <w:rsid w:val="00D749CD"/>
+    <w:rsid w:val="00D75024"/>
+    <w:rsid w:val="00D75040"/>
+    <w:rsid w:val="00D7546A"/>
+    <w:rsid w:val="00D76877"/>
+    <w:rsid w:val="00D76A62"/>
+    <w:rsid w:val="00D777C8"/>
+    <w:rsid w:val="00D77825"/>
+    <w:rsid w:val="00D81FAD"/>
+    <w:rsid w:val="00D82BFE"/>
+    <w:rsid w:val="00D852E4"/>
+    <w:rsid w:val="00D859F8"/>
+    <w:rsid w:val="00D86084"/>
+    <w:rsid w:val="00D8696B"/>
+    <w:rsid w:val="00D86C08"/>
+    <w:rsid w:val="00D86C0C"/>
+    <w:rsid w:val="00D86CA0"/>
+    <w:rsid w:val="00D86D00"/>
+    <w:rsid w:val="00D870DF"/>
+    <w:rsid w:val="00D907B5"/>
+    <w:rsid w:val="00D9335D"/>
+    <w:rsid w:val="00D934B6"/>
+    <w:rsid w:val="00D9445C"/>
+    <w:rsid w:val="00D9448E"/>
+    <w:rsid w:val="00D94894"/>
+    <w:rsid w:val="00D94C5F"/>
+    <w:rsid w:val="00D9545A"/>
+    <w:rsid w:val="00D95C2E"/>
+    <w:rsid w:val="00D96782"/>
+    <w:rsid w:val="00D973DA"/>
+    <w:rsid w:val="00DA13FA"/>
+    <w:rsid w:val="00DA1EDF"/>
+    <w:rsid w:val="00DA2F80"/>
+    <w:rsid w:val="00DA32A1"/>
+    <w:rsid w:val="00DA3AC9"/>
+    <w:rsid w:val="00DA459C"/>
+    <w:rsid w:val="00DA46C8"/>
+    <w:rsid w:val="00DA4B6D"/>
+    <w:rsid w:val="00DA4E7E"/>
+    <w:rsid w:val="00DA5010"/>
+    <w:rsid w:val="00DA76B8"/>
+    <w:rsid w:val="00DB0A3D"/>
+    <w:rsid w:val="00DB0EA8"/>
+    <w:rsid w:val="00DB15C6"/>
+    <w:rsid w:val="00DB1797"/>
+    <w:rsid w:val="00DB2AE1"/>
+    <w:rsid w:val="00DB32F9"/>
+    <w:rsid w:val="00DB43D1"/>
+    <w:rsid w:val="00DB5052"/>
+    <w:rsid w:val="00DB50AD"/>
+    <w:rsid w:val="00DB5125"/>
+    <w:rsid w:val="00DB5E76"/>
+    <w:rsid w:val="00DB7B4A"/>
+    <w:rsid w:val="00DB7B87"/>
+    <w:rsid w:val="00DB7ED7"/>
+    <w:rsid w:val="00DC0A84"/>
+    <w:rsid w:val="00DC11C7"/>
+    <w:rsid w:val="00DC14EA"/>
+    <w:rsid w:val="00DC3E30"/>
+    <w:rsid w:val="00DC64A6"/>
+    <w:rsid w:val="00DC65DE"/>
+    <w:rsid w:val="00DC76DE"/>
+    <w:rsid w:val="00DC7C8D"/>
+    <w:rsid w:val="00DD0193"/>
+    <w:rsid w:val="00DD12B5"/>
+    <w:rsid w:val="00DD34EE"/>
+    <w:rsid w:val="00DD544C"/>
+    <w:rsid w:val="00DD6631"/>
+    <w:rsid w:val="00DD6AAA"/>
+    <w:rsid w:val="00DD7950"/>
+    <w:rsid w:val="00DD7BEF"/>
+    <w:rsid w:val="00DE0A4D"/>
+    <w:rsid w:val="00DE1032"/>
+    <w:rsid w:val="00DE1212"/>
+    <w:rsid w:val="00DE1C4F"/>
+    <w:rsid w:val="00DE2295"/>
+    <w:rsid w:val="00DE2BC3"/>
+    <w:rsid w:val="00DE43F6"/>
+    <w:rsid w:val="00DE4D1B"/>
+    <w:rsid w:val="00DE586A"/>
+    <w:rsid w:val="00DE7092"/>
+    <w:rsid w:val="00DF070C"/>
+    <w:rsid w:val="00DF0B1C"/>
+    <w:rsid w:val="00DF113B"/>
+    <w:rsid w:val="00DF1DDD"/>
+    <w:rsid w:val="00DF1F2C"/>
+    <w:rsid w:val="00DF24E8"/>
+    <w:rsid w:val="00DF2A62"/>
+    <w:rsid w:val="00DF314E"/>
+    <w:rsid w:val="00DF3375"/>
+    <w:rsid w:val="00DF6474"/>
+    <w:rsid w:val="00DF7044"/>
+    <w:rsid w:val="00DF7E17"/>
+    <w:rsid w:val="00E002BD"/>
+    <w:rsid w:val="00E00C5C"/>
+    <w:rsid w:val="00E00F6B"/>
+    <w:rsid w:val="00E01061"/>
+    <w:rsid w:val="00E01173"/>
+    <w:rsid w:val="00E01204"/>
+    <w:rsid w:val="00E01ECB"/>
+    <w:rsid w:val="00E01F82"/>
+    <w:rsid w:val="00E0243C"/>
+    <w:rsid w:val="00E02FAC"/>
+    <w:rsid w:val="00E03F74"/>
+    <w:rsid w:val="00E04097"/>
+    <w:rsid w:val="00E040CF"/>
+    <w:rsid w:val="00E047D5"/>
+    <w:rsid w:val="00E064F3"/>
+    <w:rsid w:val="00E074EE"/>
+    <w:rsid w:val="00E07D77"/>
+    <w:rsid w:val="00E07EF8"/>
+    <w:rsid w:val="00E10E37"/>
+    <w:rsid w:val="00E12A88"/>
+    <w:rsid w:val="00E15683"/>
+    <w:rsid w:val="00E157BE"/>
+    <w:rsid w:val="00E15B8B"/>
+    <w:rsid w:val="00E1696C"/>
+    <w:rsid w:val="00E17926"/>
+    <w:rsid w:val="00E20B80"/>
+    <w:rsid w:val="00E218D5"/>
+    <w:rsid w:val="00E21B52"/>
+    <w:rsid w:val="00E2385D"/>
+    <w:rsid w:val="00E24828"/>
+    <w:rsid w:val="00E24A54"/>
+    <w:rsid w:val="00E24BD3"/>
+    <w:rsid w:val="00E2506A"/>
+    <w:rsid w:val="00E2709A"/>
+    <w:rsid w:val="00E3092F"/>
+    <w:rsid w:val="00E31687"/>
+    <w:rsid w:val="00E326F4"/>
+    <w:rsid w:val="00E332FD"/>
+    <w:rsid w:val="00E340A3"/>
+    <w:rsid w:val="00E35309"/>
+    <w:rsid w:val="00E3622D"/>
+    <w:rsid w:val="00E36AA2"/>
+    <w:rsid w:val="00E37494"/>
+    <w:rsid w:val="00E37D61"/>
+    <w:rsid w:val="00E40134"/>
+    <w:rsid w:val="00E402D2"/>
+    <w:rsid w:val="00E4068D"/>
+    <w:rsid w:val="00E42772"/>
+    <w:rsid w:val="00E427F6"/>
+    <w:rsid w:val="00E43A08"/>
+    <w:rsid w:val="00E43F17"/>
+    <w:rsid w:val="00E44700"/>
+    <w:rsid w:val="00E45FC5"/>
+    <w:rsid w:val="00E509F5"/>
+    <w:rsid w:val="00E5110F"/>
+    <w:rsid w:val="00E52853"/>
+    <w:rsid w:val="00E52F06"/>
+    <w:rsid w:val="00E535B5"/>
+    <w:rsid w:val="00E536CD"/>
+    <w:rsid w:val="00E5414F"/>
+    <w:rsid w:val="00E548A4"/>
+    <w:rsid w:val="00E55396"/>
+    <w:rsid w:val="00E554FC"/>
+    <w:rsid w:val="00E55A39"/>
+    <w:rsid w:val="00E56850"/>
+    <w:rsid w:val="00E57B2B"/>
+    <w:rsid w:val="00E57D55"/>
+    <w:rsid w:val="00E60EB5"/>
+    <w:rsid w:val="00E62A6E"/>
+    <w:rsid w:val="00E6307C"/>
+    <w:rsid w:val="00E6349C"/>
+    <w:rsid w:val="00E63C57"/>
+    <w:rsid w:val="00E63DBA"/>
+    <w:rsid w:val="00E64FB3"/>
+    <w:rsid w:val="00E652E2"/>
+    <w:rsid w:val="00E65CB7"/>
+    <w:rsid w:val="00E671D9"/>
+    <w:rsid w:val="00E67FE2"/>
+    <w:rsid w:val="00E723B2"/>
+    <w:rsid w:val="00E72859"/>
+    <w:rsid w:val="00E731CE"/>
+    <w:rsid w:val="00E7353A"/>
+    <w:rsid w:val="00E735EB"/>
+    <w:rsid w:val="00E74352"/>
+    <w:rsid w:val="00E7471A"/>
+    <w:rsid w:val="00E749D6"/>
+    <w:rsid w:val="00E75493"/>
+    <w:rsid w:val="00E75CC1"/>
+    <w:rsid w:val="00E75E7D"/>
+    <w:rsid w:val="00E77CCF"/>
+    <w:rsid w:val="00E8061C"/>
+    <w:rsid w:val="00E82B55"/>
+    <w:rsid w:val="00E83ED5"/>
+    <w:rsid w:val="00E841E1"/>
+    <w:rsid w:val="00E849E2"/>
+    <w:rsid w:val="00E87190"/>
+    <w:rsid w:val="00E916B5"/>
+    <w:rsid w:val="00E92DE6"/>
+    <w:rsid w:val="00E94666"/>
+    <w:rsid w:val="00E97990"/>
+    <w:rsid w:val="00EA10C7"/>
+    <w:rsid w:val="00EA1760"/>
+    <w:rsid w:val="00EA1DB0"/>
+    <w:rsid w:val="00EA1EBC"/>
+    <w:rsid w:val="00EA2134"/>
+    <w:rsid w:val="00EA2D39"/>
+    <w:rsid w:val="00EA3289"/>
+    <w:rsid w:val="00EA3B07"/>
+    <w:rsid w:val="00EA478D"/>
+    <w:rsid w:val="00EA4C3E"/>
+    <w:rsid w:val="00EA4EFE"/>
+    <w:rsid w:val="00EA5D0C"/>
+    <w:rsid w:val="00EA681D"/>
+    <w:rsid w:val="00EA7F0E"/>
+    <w:rsid w:val="00EB083D"/>
+    <w:rsid w:val="00EB1421"/>
+    <w:rsid w:val="00EB2040"/>
+    <w:rsid w:val="00EB2423"/>
+    <w:rsid w:val="00EB265A"/>
+    <w:rsid w:val="00EB2EF1"/>
+    <w:rsid w:val="00EB315D"/>
+    <w:rsid w:val="00EB33B0"/>
+    <w:rsid w:val="00EB47A2"/>
+    <w:rsid w:val="00EB4AEE"/>
+    <w:rsid w:val="00EB5B50"/>
+    <w:rsid w:val="00EB5E33"/>
+    <w:rsid w:val="00EB601A"/>
+    <w:rsid w:val="00EB6082"/>
+    <w:rsid w:val="00EB6A8D"/>
+    <w:rsid w:val="00EC0FD9"/>
+    <w:rsid w:val="00EC160A"/>
+    <w:rsid w:val="00EC389B"/>
+    <w:rsid w:val="00EC3F8D"/>
+    <w:rsid w:val="00EC4C5F"/>
+    <w:rsid w:val="00EC5070"/>
+    <w:rsid w:val="00EC621B"/>
+    <w:rsid w:val="00EC68EC"/>
+    <w:rsid w:val="00EC6959"/>
+    <w:rsid w:val="00EC6D88"/>
+    <w:rsid w:val="00EC75EA"/>
+    <w:rsid w:val="00ED0491"/>
+    <w:rsid w:val="00ED0BC6"/>
+    <w:rsid w:val="00ED172C"/>
+    <w:rsid w:val="00ED1B4B"/>
+    <w:rsid w:val="00ED2274"/>
+    <w:rsid w:val="00ED2DE2"/>
+    <w:rsid w:val="00ED4E3E"/>
+    <w:rsid w:val="00ED4E5F"/>
+    <w:rsid w:val="00ED58AD"/>
+    <w:rsid w:val="00ED627D"/>
+    <w:rsid w:val="00ED71F2"/>
+    <w:rsid w:val="00ED71F5"/>
+    <w:rsid w:val="00ED75AA"/>
+    <w:rsid w:val="00ED7A5B"/>
+    <w:rsid w:val="00ED7B50"/>
+    <w:rsid w:val="00ED7E81"/>
+    <w:rsid w:val="00EE02ED"/>
+    <w:rsid w:val="00EE086B"/>
+    <w:rsid w:val="00EE2878"/>
+    <w:rsid w:val="00EE3E7D"/>
+    <w:rsid w:val="00EE5058"/>
+    <w:rsid w:val="00EE52AE"/>
+    <w:rsid w:val="00EE5C58"/>
+    <w:rsid w:val="00EE7693"/>
+    <w:rsid w:val="00EE77D7"/>
+    <w:rsid w:val="00EF0018"/>
+    <w:rsid w:val="00EF07C2"/>
+    <w:rsid w:val="00EF1786"/>
+    <w:rsid w:val="00EF1BBA"/>
+    <w:rsid w:val="00EF1CB6"/>
+    <w:rsid w:val="00EF2893"/>
+    <w:rsid w:val="00EF2EA2"/>
+    <w:rsid w:val="00EF3649"/>
+    <w:rsid w:val="00EF3D91"/>
+    <w:rsid w:val="00EF3ED6"/>
+    <w:rsid w:val="00EF4A04"/>
+    <w:rsid w:val="00EF4D9C"/>
+    <w:rsid w:val="00EF4F8E"/>
+    <w:rsid w:val="00EF5C89"/>
+    <w:rsid w:val="00EF5FD3"/>
+    <w:rsid w:val="00F003E5"/>
+    <w:rsid w:val="00F00DD3"/>
+    <w:rsid w:val="00F026ED"/>
+    <w:rsid w:val="00F03298"/>
+    <w:rsid w:val="00F047AA"/>
+    <w:rsid w:val="00F04C93"/>
+    <w:rsid w:val="00F05346"/>
+    <w:rsid w:val="00F05D4A"/>
+    <w:rsid w:val="00F05DC1"/>
+    <w:rsid w:val="00F0755C"/>
+    <w:rsid w:val="00F07FAB"/>
+    <w:rsid w:val="00F10DAB"/>
+    <w:rsid w:val="00F1109B"/>
+    <w:rsid w:val="00F121F2"/>
+    <w:rsid w:val="00F1329D"/>
+    <w:rsid w:val="00F15A86"/>
+    <w:rsid w:val="00F16A5C"/>
+    <w:rsid w:val="00F16EB4"/>
+    <w:rsid w:val="00F179C3"/>
+    <w:rsid w:val="00F20338"/>
+    <w:rsid w:val="00F20623"/>
+    <w:rsid w:val="00F206DC"/>
+    <w:rsid w:val="00F2115D"/>
+    <w:rsid w:val="00F224D4"/>
+    <w:rsid w:val="00F22D7C"/>
+    <w:rsid w:val="00F24483"/>
+    <w:rsid w:val="00F248BE"/>
+    <w:rsid w:val="00F24AD8"/>
+    <w:rsid w:val="00F260C1"/>
+    <w:rsid w:val="00F26411"/>
+    <w:rsid w:val="00F270C7"/>
+    <w:rsid w:val="00F272B3"/>
+    <w:rsid w:val="00F272E8"/>
+    <w:rsid w:val="00F27338"/>
+    <w:rsid w:val="00F27982"/>
+    <w:rsid w:val="00F304FB"/>
+    <w:rsid w:val="00F3064E"/>
+    <w:rsid w:val="00F318A8"/>
+    <w:rsid w:val="00F3191E"/>
+    <w:rsid w:val="00F31B70"/>
+    <w:rsid w:val="00F3331B"/>
+    <w:rsid w:val="00F33483"/>
+    <w:rsid w:val="00F33873"/>
+    <w:rsid w:val="00F33DF3"/>
+    <w:rsid w:val="00F343B7"/>
+    <w:rsid w:val="00F36CE3"/>
+    <w:rsid w:val="00F36F3D"/>
+    <w:rsid w:val="00F37688"/>
+    <w:rsid w:val="00F4066F"/>
+    <w:rsid w:val="00F41099"/>
+    <w:rsid w:val="00F41CF6"/>
+    <w:rsid w:val="00F4223F"/>
+    <w:rsid w:val="00F4544A"/>
+    <w:rsid w:val="00F45BA1"/>
+    <w:rsid w:val="00F4614C"/>
+    <w:rsid w:val="00F462E4"/>
+    <w:rsid w:val="00F4655F"/>
+    <w:rsid w:val="00F46717"/>
+    <w:rsid w:val="00F46F88"/>
+    <w:rsid w:val="00F4760B"/>
+    <w:rsid w:val="00F50E5A"/>
+    <w:rsid w:val="00F528EB"/>
+    <w:rsid w:val="00F52A52"/>
+    <w:rsid w:val="00F5327C"/>
+    <w:rsid w:val="00F53619"/>
+    <w:rsid w:val="00F53AC7"/>
+    <w:rsid w:val="00F5419C"/>
+    <w:rsid w:val="00F54534"/>
+    <w:rsid w:val="00F546BD"/>
+    <w:rsid w:val="00F550B4"/>
+    <w:rsid w:val="00F55249"/>
+    <w:rsid w:val="00F5578E"/>
+    <w:rsid w:val="00F55B36"/>
+    <w:rsid w:val="00F56313"/>
+    <w:rsid w:val="00F600D4"/>
+    <w:rsid w:val="00F60281"/>
+    <w:rsid w:val="00F62245"/>
+    <w:rsid w:val="00F62C8F"/>
+    <w:rsid w:val="00F62CB6"/>
+    <w:rsid w:val="00F6309F"/>
+    <w:rsid w:val="00F6410B"/>
+    <w:rsid w:val="00F64386"/>
+    <w:rsid w:val="00F661E6"/>
+    <w:rsid w:val="00F6745D"/>
+    <w:rsid w:val="00F67C18"/>
+    <w:rsid w:val="00F70281"/>
+    <w:rsid w:val="00F70B12"/>
+    <w:rsid w:val="00F71485"/>
+    <w:rsid w:val="00F72B51"/>
+    <w:rsid w:val="00F73915"/>
+    <w:rsid w:val="00F74174"/>
+    <w:rsid w:val="00F743FE"/>
+    <w:rsid w:val="00F74EBE"/>
+    <w:rsid w:val="00F76CA4"/>
+    <w:rsid w:val="00F76F5B"/>
+    <w:rsid w:val="00F80852"/>
+    <w:rsid w:val="00F80FAB"/>
+    <w:rsid w:val="00F81B59"/>
+    <w:rsid w:val="00F825B6"/>
+    <w:rsid w:val="00F82D93"/>
+    <w:rsid w:val="00F833EF"/>
+    <w:rsid w:val="00F8344D"/>
+    <w:rsid w:val="00F83790"/>
+    <w:rsid w:val="00F837CE"/>
+    <w:rsid w:val="00F83F72"/>
+    <w:rsid w:val="00F849BD"/>
+    <w:rsid w:val="00F84AB8"/>
+    <w:rsid w:val="00F85FEB"/>
+    <w:rsid w:val="00F86330"/>
+    <w:rsid w:val="00F86407"/>
+    <w:rsid w:val="00F869A5"/>
+    <w:rsid w:val="00F86D95"/>
+    <w:rsid w:val="00F90A63"/>
+    <w:rsid w:val="00F90CED"/>
+    <w:rsid w:val="00F90EBC"/>
+    <w:rsid w:val="00F91374"/>
+    <w:rsid w:val="00F92306"/>
+    <w:rsid w:val="00F93AC8"/>
+    <w:rsid w:val="00F93EA8"/>
+    <w:rsid w:val="00F95E41"/>
+    <w:rsid w:val="00F96471"/>
+    <w:rsid w:val="00F97255"/>
+    <w:rsid w:val="00FA13EC"/>
+    <w:rsid w:val="00FA1FAB"/>
+    <w:rsid w:val="00FA209C"/>
+    <w:rsid w:val="00FA22B2"/>
+    <w:rsid w:val="00FA2945"/>
+    <w:rsid w:val="00FA5170"/>
+    <w:rsid w:val="00FA5AA9"/>
+    <w:rsid w:val="00FA5AC7"/>
+    <w:rsid w:val="00FA68C5"/>
+    <w:rsid w:val="00FA69A7"/>
+    <w:rsid w:val="00FA7224"/>
+    <w:rsid w:val="00FA75EF"/>
+    <w:rsid w:val="00FB0FEB"/>
+    <w:rsid w:val="00FB11FF"/>
+    <w:rsid w:val="00FB2808"/>
+    <w:rsid w:val="00FB29EC"/>
+    <w:rsid w:val="00FB3CB8"/>
+    <w:rsid w:val="00FB4067"/>
+    <w:rsid w:val="00FB523A"/>
+    <w:rsid w:val="00FB5C82"/>
+    <w:rsid w:val="00FB6420"/>
+    <w:rsid w:val="00FC2B73"/>
+    <w:rsid w:val="00FC32C1"/>
+    <w:rsid w:val="00FC375F"/>
+    <w:rsid w:val="00FC3B3F"/>
+    <w:rsid w:val="00FC4A63"/>
+    <w:rsid w:val="00FC4B34"/>
+    <w:rsid w:val="00FC6CBB"/>
+    <w:rsid w:val="00FC7996"/>
+    <w:rsid w:val="00FC7B24"/>
+    <w:rsid w:val="00FD0C5D"/>
+    <w:rsid w:val="00FD176C"/>
+    <w:rsid w:val="00FD21CE"/>
+    <w:rsid w:val="00FD2550"/>
+    <w:rsid w:val="00FD2835"/>
+    <w:rsid w:val="00FD30FF"/>
+    <w:rsid w:val="00FD3160"/>
+    <w:rsid w:val="00FD31FB"/>
+    <w:rsid w:val="00FD3770"/>
+    <w:rsid w:val="00FD3ABB"/>
+    <w:rsid w:val="00FD4071"/>
+    <w:rsid w:val="00FD4136"/>
+    <w:rsid w:val="00FD4538"/>
+    <w:rsid w:val="00FD50A4"/>
+    <w:rsid w:val="00FD528A"/>
+    <w:rsid w:val="00FD5D8F"/>
+    <w:rsid w:val="00FD5F89"/>
+    <w:rsid w:val="00FD656F"/>
+    <w:rsid w:val="00FD6904"/>
+    <w:rsid w:val="00FD7085"/>
+    <w:rsid w:val="00FD7C1C"/>
+    <w:rsid w:val="00FE1464"/>
+    <w:rsid w:val="00FE17A5"/>
+    <w:rsid w:val="00FE2813"/>
+    <w:rsid w:val="00FE400F"/>
+    <w:rsid w:val="00FE56F3"/>
+    <w:rsid w:val="00FE5DC9"/>
+    <w:rsid w:val="00FE6440"/>
+    <w:rsid w:val="00FE6963"/>
+    <w:rsid w:val="00FE7324"/>
+    <w:rsid w:val="00FE78BF"/>
+    <w:rsid w:val="00FE7E0A"/>
+    <w:rsid w:val="00FE7FE9"/>
+    <w:rsid w:val="00FF07B5"/>
+    <w:rsid w:val="00FF094D"/>
+    <w:rsid w:val="00FF2A90"/>
+    <w:rsid w:val="00FF332A"/>
+    <w:rsid w:val="00FF394C"/>
+    <w:rsid w:val="00FF498A"/>
+    <w:rsid w:val="00FF49A2"/>
+    <w:rsid w:val="00FF6363"/>
+    <w:rsid w:val="00FF715A"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="hr-HR"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="2"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="50E04786"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{CA35FE7B-BFAD-4450-8C2C-A1977EBFA030}"/>
+</w:settings>
+</file>
+
+<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="hr-HR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="002A769B"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="hr-HR" w:bidi="hr-HR"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Naslov5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Naslov5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00833AB8"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:widowControl/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:color w:val="657C9C" w:themeColor="text2" w:themeTint="BF"/>
+      <w:kern w:val="2"/>
+      <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="Zadanifontodlomka">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="Obinatablica">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="Bezpopisa">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Footnote">
+    <w:name w:val="Footnote_"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:link w:val="Footnote0"/>
+    <w:rsid w:val="002A769B"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Bodytext4">
+    <w:name w:val="Body text (4)_"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:link w:val="Bodytext40"/>
+    <w:rsid w:val="002A769B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:color w:val="EBEBEB"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Bodytext3">
+    <w:name w:val="Body text (3)_"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:link w:val="Bodytext30"/>
+    <w:rsid w:val="002A769B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:color w:val="EBEBEB"/>
+      <w:sz w:val="52"/>
+      <w:szCs w:val="52"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Bodytext6">
+    <w:name w:val="Body text (6)_"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:link w:val="Bodytext60"/>
+    <w:rsid w:val="002A769B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="EBEBEB"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TijelotekstaChar">
+    <w:name w:val="Tijelo teksta Char"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:link w:val="Tijeloteksta"/>
+    <w:rsid w:val="002A769B"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Headerorfooter2">
+    <w:name w:val="Header or footer (2)_"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:link w:val="Headerorfooter20"/>
+    <w:rsid w:val="002A769B"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Bodytext2">
+    <w:name w:val="Body text (2)_"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:link w:val="Bodytext20"/>
+    <w:rsid w:val="002A769B"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Picturecaption">
+    <w:name w:val="Picture caption_"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:link w:val="Picturecaption0"/>
+    <w:rsid w:val="002A769B"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Tablecaption">
+    <w:name w:val="Table caption_"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:link w:val="Tablecaption0"/>
+    <w:rsid w:val="002A769B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:sz w:val="15"/>
+      <w:szCs w:val="15"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Other">
+    <w:name w:val="Other_"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:link w:val="Other0"/>
+    <w:rsid w:val="002A769B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="19"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Bodytext5">
+    <w:name w:val="Body text (5)_"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:link w:val="Bodytext50"/>
+    <w:rsid w:val="002A769B"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1">
+    <w:name w:val="Heading #1_"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:link w:val="Heading10"/>
+    <w:rsid w:val="002A769B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2">
+    <w:name w:val="Heading #2_"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:link w:val="Heading20"/>
+    <w:rsid w:val="002A769B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="FF0000"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Bodytext10">
+    <w:name w:val="Body text (10)_"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:link w:val="Bodytext100"/>
+    <w:rsid w:val="002A769B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="19"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Bodytext9">
+    <w:name w:val="Body text (9)_"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:link w:val="Bodytext90"/>
+    <w:rsid w:val="002A769B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:sz w:val="15"/>
+      <w:szCs w:val="15"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Footnote0">
+    <w:name w:val="Footnote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Footnote"/>
+    <w:rsid w:val="002A769B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bodytext40">
+    <w:name w:val="Body text (4)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Bodytext4"/>
+    <w:rsid w:val="002A769B"/>
+    <w:pPr>
+      <w:spacing w:before="400" w:after="4880"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:color w:val="EBEBEB"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+      <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bodytext30">
+    <w:name w:val="Body text (3)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Bodytext3"/>
+    <w:rsid w:val="002A769B"/>
+    <w:pPr>
+      <w:spacing w:after="4200"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:color w:val="EBEBEB"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="52"/>
+      <w:szCs w:val="52"/>
+      <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bodytext60">
+    <w:name w:val="Body text (6)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Bodytext6"/>
+    <w:rsid w:val="002A769B"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="EBEBEB"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+      <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tijeloteksta">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TijelotekstaChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="002A769B"/>
+    <w:pPr>
+      <w:spacing w:after="140"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TijelotekstaChar1">
+    <w:name w:val="Tijelo teksta Char1"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002A769B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="hr-HR" w:bidi="hr-HR"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Headerorfooter20">
+    <w:name w:val="Header or footer (2)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Headerorfooter2"/>
+    <w:rsid w:val="002A769B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bodytext20">
+    <w:name w:val="Body text (2)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Bodytext2"/>
+    <w:rsid w:val="002A769B"/>
+    <w:pPr>
+      <w:spacing w:after="320"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Picturecaption0">
+    <w:name w:val="Picture caption"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Picturecaption"/>
+    <w:rsid w:val="002A769B"/>
+    <w:pPr>
+      <w:spacing w:line="262" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tablecaption0">
+    <w:name w:val="Table caption"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Tablecaption"/>
+    <w:rsid w:val="002A769B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="15"/>
+      <w:szCs w:val="15"/>
+      <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Other0">
+    <w:name w:val="Other"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Other"/>
+    <w:rsid w:val="002A769B"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="19"/>
+      <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bodytext50">
+    <w:name w:val="Body text (5)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Bodytext5"/>
+    <w:rsid w:val="002A769B"/>
+    <w:pPr>
+      <w:spacing w:after="40"/>
+      <w:ind w:firstLine="180"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading10">
+    <w:name w:val="Heading #1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Heading1"/>
+    <w:rsid w:val="002A769B"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading20">
+    <w:name w:val="Heading #2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Heading2"/>
+    <w:rsid w:val="002A769B"/>
+    <w:pPr>
+      <w:spacing w:after="40"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="FF0000"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bodytext100">
+    <w:name w:val="Body text (10)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Bodytext10"/>
+    <w:rsid w:val="002A769B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="19"/>
+      <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bodytext90">
+    <w:name w:val="Body text (9)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Bodytext9"/>
+    <w:rsid w:val="002A769B"/>
+    <w:pPr>
+      <w:spacing w:line="254" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="15"/>
+      <w:szCs w:val="15"/>
+      <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Bezproreda">
+    <w:name w:val="No Spacing"/>
+    <w:link w:val="BezproredaChar"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="002A769B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="hr-HR"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BezproredaChar">
+    <w:name w:val="Bez proreda Char"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:link w:val="Bezproreda"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="002A769B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="hr-HR"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Naslov">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="NaslovChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="002A769B"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:spacing w:line="216" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NaslovChar">
+    <w:name w:val="Naslov Char"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:link w:val="Naslov"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="002A769B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+      <w:lang w:eastAsia="hr-HR"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Podnaslov">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="PodnaslovChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="002A769B"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+      <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PodnaslovChar">
+    <w:name w:val="Podnaslov Char"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:link w:val="Podnaslov"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="002A769B"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi"/>
+      <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
+      <w:spacing w:val="15"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="hr-HR"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hiperveza">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002A769B"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
+    <w:name w:val="Unresolved Mention1"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002A769B"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Zaglavlje">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="ZaglavljeChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002A769B"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ZaglavljeChar">
+    <w:name w:val="Zaglavlje Char"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:link w:val="Zaglavlje"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="002A769B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="hr-HR" w:bidi="hr-HR"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Podnoje">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="PodnojeChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002A769B"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PodnojeChar">
+    <w:name w:val="Podnožje Char"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:link w:val="Podnoje"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="002A769B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="hr-HR" w:bidi="hr-HR"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Reetkatablice">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="Obinatablica"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="002A769B"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="hr-HR" w:bidi="hr-HR"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="Trenutnipopis1">
+    <w:name w:val="Trenutni popis1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="002A769B"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="8"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Referencakomentara">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002A769B"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstkomentara">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TekstkomentaraChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002A769B"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstkomentaraChar">
+    <w:name w:val="Tekst komentara Char"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:link w:val="Tekstkomentara"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="002A769B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="hr-HR" w:bidi="hr-HR"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Predmetkomentara">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Tekstkomentara"/>
+    <w:next w:val="Tekstkomentara"/>
+    <w:link w:val="PredmetkomentaraChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002A769B"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PredmetkomentaraChar">
+    <w:name w:val="Predmet komentara Char"/>
+    <w:basedOn w:val="TekstkomentaraChar"/>
+    <w:link w:val="Predmetkomentara"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002A769B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="hr-HR" w:bidi="hr-HR"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revizija">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002A769B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="hr-HR" w:bidi="hr-HR"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xmsonormal">
+    <w:name w:val="x_msonormal"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="002A769B"/>
+    <w:pPr>
+      <w:widowControl/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="auto"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="pf0">
+    <w:name w:val="pf0"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="002A769B"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="auto"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="cf01">
+    <w:name w:val="cf01"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:rsid w:val="002A769B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI" w:hint="default"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="StandardWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002A769B"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="auto"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="cf21">
+    <w:name w:val="cf21"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:rsid w:val="002A769B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI" w:hint="default"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Headerorfooter">
+    <w:name w:val="Header or footer_"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:link w:val="Headerorfooter0"/>
+    <w:rsid w:val="002A769B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Headerorfooter0">
+    <w:name w:val="Header or footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="Headerorfooter"/>
+    <w:rsid w:val="002A769B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="box475757">
+    <w:name w:val="box_475757"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="004A47A8"/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="auto"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Odlomakpopisa">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00782F61"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstfusnote">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TekstfusnoteChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00837DF2"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstfusnoteChar">
+    <w:name w:val="Tekst fusnote Char"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:link w:val="Tekstfusnote"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00837DF2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="hr-HR" w:bidi="hr-HR"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Referencafusnote">
+    <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00837DF2"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid1">
+    <w:name w:val="Table Grid1"/>
+    <w:basedOn w:val="Obinatablica"/>
+    <w:next w:val="Reetkatablice"/>
+    <w:rsid w:val="00580FF2"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Tekstbalonia">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TekstbaloniaChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0066779E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstbaloniaChar">
+    <w:name w:val="Tekst balončića Char"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:link w:val="Tekstbalonia"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0066779E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Courier New" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="hr-HR" w:bidi="hr-HR"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Naslov5Char">
+    <w:name w:val="Naslov 5 Char"/>
+    <w:basedOn w:val="Zadanifontodlomka"/>
+    <w:link w:val="Naslov5"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00833AB8"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:color w:val="657C9C" w:themeColor="text2" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="Reetkatablice1">
+    <w:name w:val="Rešetka tablice1"/>
+    <w:basedOn w:val="Obinatablica"/>
+    <w:next w:val="Reetkatablice"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="0085355E"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="Reetkatablice2">
+    <w:name w:val="Rešetka tablice2"/>
+    <w:basedOn w:val="Obinatablica"/>
+    <w:next w:val="Reetkatablice"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00AF5198"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="30350644">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="64306574">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="90316773">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="107509571">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="111563105">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="111902344">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="112677285">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="167989706">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="190384701">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="193079293">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="229971717">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="230653283">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="265502686">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="282997967">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="336811990">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="369188221">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="406080268">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="429546452">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="431363426">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="472067426">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="481316275">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="488639883">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="495848535">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="512189639">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="517424150">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="539712531">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="555048647">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="567113937">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="611976438">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="624820248">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="655107212">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="655303378">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="666372402">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="678124231">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="687021982">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="689181112">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="694313365">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="706955534">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="726487807">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="734352194">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="793257688">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="814686833">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="859977110">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="890265915">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="975256489">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="980158532">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="986277812">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1013459984">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1060517101">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1091009570">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1109667264">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1134248901">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1157838125">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1268587738">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1277911919">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1280186222">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1294671819">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1302151711">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1310553711">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1395932731">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1399550049">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1411266658">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1435635028">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1436170363">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1462110046">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1521627343">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1544176270">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1558249474">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1572541572">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1633055915">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1698853459">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1723215402">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1744570820">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1753576614">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1793405253">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1862669338">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1863350443">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1913158312">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1923946553">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1961642812">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1968583255">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2000041601">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2002394073">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2030133233">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2044086908">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2047638192">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2057775653">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2082022838">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2098209798">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2104449117">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2105415235">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2106875700">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2126270357">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2131237349">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2133547689">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
+  <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema sustava Office">
+  <a:themeElements>
+    <a:clrScheme name="Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="44546A"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E7E6E6"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="4472C4"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="ED7D31"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="A5A5A5"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="FFC000"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="5B9BD5"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="70AD47"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0563C1"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="954F72"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
+</a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8A917D41-AB1B-42E1-9EEF-6EE1C42E6F25}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{80b371a5-db60-4559-a15f-7df3747c88c8}" enabled="0" method="" siteId="{80b371a5-db60-4559-a15f-7df3747c88c8}" removed="1"/>
+</clbl:labelList>
+</file>
+
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>25</Pages>
+  <Words>7236</Words>
+  <Characters>41246</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>343</Lines>
+  <Paragraphs>96</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="4" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Naslov</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr/>
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company>MPGI</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>48386</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
+</file>
+
+<file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Maja Žderić</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+</cp:coreProperties>
+</file>